--- v0 (2025-10-06)
+++ v1 (2025-11-25)
@@ -1,68 +1,80 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-[...1 lines deleted...]
-  <workbookPr defaultThemeVersion="164011"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
+  <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="F:\KULTURENTWICKLUNG-UND-FOERDERUNGEN\03_SUBVENTIONEN\02_Subventionen allgemein\2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="F:\KULTURENTWICKLUNG-UND-FOERDERUNGEN\03_SUBVENTIONEN\13_FairPay\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{2F152BF7-34C4-40CB-957E-EEA932A27839}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="11715" windowHeight="5580"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="ALLE Förderbereiche" sheetId="7" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'ALLE Förderbereiche'!$A$1:$H$46</definedName>
   </definedNames>
-  <calcPr calcId="162913"/>
+  <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="F6" i="7" l="1"/>
   <c r="H30" i="7"/>
   <c r="F30" i="7"/>
   <c r="D30" i="7"/>
   <c r="F20" i="7" l="1"/>
   <c r="F21" i="7"/>
   <c r="H33" i="7"/>
   <c r="F33" i="7"/>
   <c r="D33" i="7"/>
   <c r="H32" i="7"/>
   <c r="F32" i="7"/>
   <c r="D32" i="7"/>
   <c r="H31" i="7"/>
   <c r="F31" i="7"/>
   <c r="D31" i="7"/>
   <c r="H25" i="7"/>
   <c r="G25" i="7"/>
   <c r="E25" i="7"/>
@@ -375,53 +387,50 @@
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">(Bitte Geschäftszahl des Zusage-Schreibens ergänzen.) 
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Die Stadt Innsbruck behält sich Stichproben vor.</t>
     </r>
   </si>
   <si>
-    <t>Planung / Einreichung 2025</t>
-[...1 lines deleted...]
-  <si>
     <r>
       <t xml:space="preserve">Angabe des angewendeten "fairen" Entgelt-Schemas zur Berechnung der Kosten SOLL  
 </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="9"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> (verpflichtend auszufüllen)</t>
     </r>
   </si>
   <si>
     <r>
       <t>IST</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FFFF0000"/>
         <rFont val="Calibri"/>
@@ -460,76 +469,66 @@
       </rPr>
       <t xml:space="preserve">***
 </t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>lt. anerkanntem Entgelt-Schema</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <color rgb="FFFF0000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>*</t>
     </r>
   </si>
   <si>
-    <r>
-      <t xml:space="preserve">Datenblatt "Fair Pay 2025" 
+    <t xml:space="preserve">Datenblatt "Fair Pay 2026" 
 für Personalkosten aus Anstellungsverhältnissen (echte und freie DN)
 </t>
-    </r>
-[...10 lines deleted...]
-    </r>
+  </si>
+  <si>
+    <t>Planung / Einreichung 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="&quot;€&quot;\ #,##0.00"/>
   </numFmts>
-  <fonts count="20" x14ac:knownFonts="1">
+  <fonts count="19" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
@@ -551,58 +550,50 @@
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="9"/>
       <color rgb="FFFF0000"/>
-      <name val="Calibri"/>
-[...6 lines deleted...]
-      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <color rgb="FFFF0000"/>
       <name val="Wingdings 3"/>
       <family val="1"/>
       <charset val="2"/>
     </font>
     <font>
       <i/>
       <sz val="10.35"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="9"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -1435,51 +1426,51 @@
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
   <cellXfs count="125">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="5" borderId="2" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="3" fontId="0" fillId="5" borderId="3" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="4" fontId="0" fillId="0" borderId="30" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="6" borderId="29" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="8" borderId="5" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
@@ -1623,264 +1614,264 @@
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="9" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="9" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="9" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="9" borderId="19" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="9" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="9" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="9" borderId="44" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="17" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="13" fillId="9" borderId="44" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="9" borderId="45" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="9" borderId="44" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="9" borderId="51" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="9" borderId="52" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="9" borderId="55" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="7" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="7" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="7" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="7" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="7" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="56" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="58" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="57" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="57" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="54" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="54" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="55" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="55" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="9" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="9" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="9" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="50" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="9" borderId="47" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="9" borderId="48" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="9" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="9" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="9" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="9" borderId="12" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="12" fillId="9" borderId="12" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="9" borderId="0" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="12" fillId="9" borderId="0" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="9" borderId="31" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="12" fillId="9" borderId="31" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
-    </xf>
-[...105 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Link" xfId="1" builtinId="8"/>
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFFF2CC"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -2131,144 +2122,144 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:H46"/>
   <sheetViews>
     <sheetView tabSelected="1" view="pageBreakPreview" zoomScale="80" zoomScaleNormal="115" zoomScaleSheetLayoutView="80" workbookViewId="0">
-      <selection activeCell="B8" sqref="B8"/>
+      <selection activeCell="A35" sqref="A35"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.5703125" defaultRowHeight="30.4" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="61.7109375" style="20" customWidth="1"/>
     <col min="2" max="2" width="15.85546875" style="33" customWidth="1"/>
     <col min="3" max="3" width="17.28515625" style="33" customWidth="1"/>
     <col min="4" max="5" width="15.5703125" style="33" customWidth="1"/>
     <col min="6" max="6" width="14.7109375" style="33" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="19" style="33" customWidth="1"/>
     <col min="8" max="8" width="20" style="33" customWidth="1"/>
     <col min="9" max="16384" width="11.5703125" style="20"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="69.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="96" t="s">
-[...8 lines deleted...]
-      <c r="H1" s="98"/>
+      <c r="A1" s="64" t="s">
+        <v>35</v>
+      </c>
+      <c r="B1" s="65"/>
+      <c r="C1" s="65"/>
+      <c r="D1" s="65"/>
+      <c r="E1" s="65"/>
+      <c r="F1" s="65"/>
+      <c r="G1" s="65"/>
+      <c r="H1" s="66"/>
     </row>
     <row r="2" spans="1:8" ht="29.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="49" t="s">
         <v>20</v>
       </c>
-      <c r="B2" s="102"/>
-[...5 lines deleted...]
-      <c r="H2" s="109"/>
+      <c r="B2" s="70"/>
+      <c r="C2" s="76"/>
+      <c r="D2" s="76"/>
+      <c r="E2" s="76"/>
+      <c r="F2" s="76"/>
+      <c r="G2" s="76"/>
+      <c r="H2" s="77"/>
     </row>
     <row r="3" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A3" s="8"/>
-      <c r="B3" s="110" t="s">
+      <c r="B3" s="78" t="s">
         <v>1</v>
       </c>
-      <c r="C3" s="111"/>
-[...3 lines deleted...]
-      <c r="G3" s="110" t="s">
+      <c r="C3" s="79"/>
+      <c r="D3" s="79"/>
+      <c r="E3" s="79"/>
+      <c r="F3" s="80"/>
+      <c r="G3" s="78" t="s">
         <v>16</v>
       </c>
-      <c r="H3" s="113"/>
+      <c r="H3" s="81"/>
     </row>
     <row r="4" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A4" s="8"/>
-      <c r="B4" s="114" t="s">
+      <c r="B4" s="82" t="s">
         <v>23</v>
       </c>
-      <c r="C4" s="116" t="s">
+      <c r="C4" s="84" t="s">
         <v>3</v>
       </c>
-      <c r="D4" s="118" t="s">
+      <c r="D4" s="86" t="s">
         <v>17</v>
       </c>
-      <c r="E4" s="119"/>
-[...4 lines deleted...]
-      <c r="H4" s="123" t="s">
+      <c r="E4" s="87"/>
+      <c r="F4" s="88"/>
+      <c r="G4" s="89" t="s">
+        <v>33</v>
+      </c>
+      <c r="H4" s="91" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="5" spans="1:8" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="40" t="s">
         <v>27</v>
       </c>
-      <c r="B5" s="115"/>
-      <c r="C5" s="117"/>
+      <c r="B5" s="83"/>
+      <c r="C5" s="85"/>
       <c r="D5" s="22" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="E5" s="60" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F5" s="39" t="s">
         <v>18</v>
       </c>
-      <c r="G5" s="122"/>
-      <c r="H5" s="124"/>
+      <c r="G5" s="90"/>
+      <c r="H5" s="92"/>
     </row>
     <row r="6" spans="1:8" ht="22.7" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="23"/>
       <c r="B6" s="1"/>
       <c r="C6" s="11"/>
       <c r="D6" s="15"/>
       <c r="E6" s="4"/>
       <c r="F6" s="5">
         <f t="shared" ref="F6:F21" si="0">E6-D6</f>
         <v>0</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="3"/>
     </row>
     <row r="7" spans="1:8" ht="22.7" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="23"/>
       <c r="B7" s="1"/>
       <c r="C7" s="11"/>
       <c r="D7" s="15"/>
       <c r="E7" s="4"/>
       <c r="F7" s="5">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G7" s="2"/>
@@ -2504,371 +2495,371 @@
         <f>SUM(C6:C24)</f>
         <v>0</v>
       </c>
       <c r="D25" s="7">
         <f>SUM(D6:D24)</f>
         <v>0</v>
       </c>
       <c r="E25" s="24">
         <f>SUM(E6:E24)</f>
         <v>0</v>
       </c>
       <c r="F25" s="6">
         <f>SUM(F6:F21)</f>
         <v>0</v>
       </c>
       <c r="G25" s="25">
         <f>SUM(G6:G24)</f>
         <v>0</v>
       </c>
       <c r="H25" s="14">
         <f>SUM(H6:H24)</f>
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:8" ht="15" x14ac:dyDescent="0.25">
-      <c r="A26" s="87"/>
-[...2 lines deleted...]
-      <c r="D26" s="64" t="s">
+      <c r="A26" s="119"/>
+      <c r="B26" s="120"/>
+      <c r="C26" s="121"/>
+      <c r="D26" s="96" t="s">
         <v>28</v>
       </c>
-      <c r="E26" s="65"/>
-      <c r="F26" s="70" t="s">
+      <c r="E26" s="97"/>
+      <c r="F26" s="102" t="s">
         <v>21</v>
       </c>
-      <c r="G26" s="71"/>
-      <c r="H26" s="72"/>
+      <c r="G26" s="103"/>
+      <c r="H26" s="104"/>
     </row>
     <row r="27" spans="1:8" ht="15" x14ac:dyDescent="0.25">
-      <c r="A27" s="90"/>
-[...6 lines deleted...]
-      <c r="H27" s="75"/>
+      <c r="A27" s="122"/>
+      <c r="B27" s="123"/>
+      <c r="C27" s="124"/>
+      <c r="D27" s="98"/>
+      <c r="E27" s="99"/>
+      <c r="F27" s="105"/>
+      <c r="G27" s="106"/>
+      <c r="H27" s="107"/>
     </row>
     <row r="28" spans="1:8" ht="39" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A28" s="99" t="s">
+      <c r="A28" s="67" t="s">
         <v>29</v>
       </c>
-      <c r="B28" s="100"/>
-[...5 lines deleted...]
-      <c r="H28" s="78"/>
+      <c r="B28" s="68"/>
+      <c r="C28" s="69"/>
+      <c r="D28" s="100"/>
+      <c r="E28" s="101"/>
+      <c r="F28" s="108"/>
+      <c r="G28" s="109"/>
+      <c r="H28" s="110"/>
     </row>
     <row r="29" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="26" t="s">
         <v>14</v>
       </c>
       <c r="B29" s="27" t="s">
         <v>11</v>
       </c>
       <c r="C29" s="27" t="s">
         <v>8</v>
       </c>
       <c r="D29" s="27" t="s">
         <v>5</v>
       </c>
       <c r="E29" s="27" t="s">
         <v>9</v>
       </c>
       <c r="F29" s="27" t="s">
         <v>6</v>
       </c>
       <c r="G29" s="27" t="s">
         <v>10</v>
       </c>
       <c r="H29" s="28" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="30" spans="1:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="29">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B30" s="15"/>
       <c r="C30" s="16"/>
       <c r="D30" s="37">
         <f>IFERROR(C30/B30*100,0)</f>
         <v>0</v>
       </c>
       <c r="E30" s="15"/>
       <c r="F30" s="35">
         <f>IFERROR(E30/B30*100,0)</f>
         <v>0</v>
       </c>
       <c r="G30" s="15"/>
       <c r="H30" s="38">
         <f>IFERROR(G30/B30*100,0)</f>
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="29">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B31" s="15"/>
       <c r="C31" s="16"/>
       <c r="D31" s="37">
         <f>IFERROR(C31/B31*100,0)</f>
         <v>0</v>
       </c>
       <c r="E31" s="15"/>
       <c r="F31" s="35">
         <f t="shared" ref="F31:F33" si="1">IFERROR(E31/B31*100,0)</f>
         <v>0</v>
       </c>
       <c r="G31" s="15"/>
       <c r="H31" s="36">
         <f>IFERROR(G31/B31*100,0)</f>
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A32" s="30">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B32" s="17"/>
       <c r="C32" s="18"/>
       <c r="D32" s="37">
         <f>IFERROR(C32/B32*100,0)</f>
         <v>0</v>
       </c>
       <c r="E32" s="17"/>
       <c r="F32" s="35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G32" s="17"/>
       <c r="H32" s="36">
         <f>IFERROR(G32/B32*100,0)</f>
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:8" ht="22.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A33" s="31" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="B33" s="19"/>
       <c r="C33" s="9"/>
       <c r="D33" s="46">
         <f>IFERROR(C33/B33*100,0)</f>
         <v>0</v>
       </c>
       <c r="E33" s="19"/>
       <c r="F33" s="47">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G33" s="19"/>
       <c r="H33" s="48">
         <f>IFERROR(G33/B33*100,0)</f>
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:8" s="41" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A34" s="52"/>
       <c r="B34" s="51"/>
       <c r="C34" s="51"/>
       <c r="D34" s="51"/>
       <c r="E34" s="51"/>
       <c r="F34" s="51"/>
       <c r="G34" s="51"/>
       <c r="H34" s="53"/>
     </row>
     <row r="35" spans="1:8" ht="61.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A35" s="21" t="s">
         <v>26</v>
       </c>
-      <c r="B35" s="102" t="s">
+      <c r="B35" s="70" t="s">
         <v>2</v>
       </c>
-      <c r="C35" s="103"/>
-[...4 lines deleted...]
-      <c r="H35" s="104"/>
+      <c r="C35" s="71"/>
+      <c r="D35" s="71"/>
+      <c r="E35" s="71"/>
+      <c r="F35" s="71"/>
+      <c r="G35" s="71"/>
+      <c r="H35" s="72"/>
     </row>
     <row r="36" spans="1:8" s="41" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A36" s="50"/>
       <c r="B36" s="51"/>
       <c r="C36" s="51"/>
       <c r="D36" s="51"/>
       <c r="E36" s="51"/>
       <c r="F36" s="51"/>
       <c r="G36" s="51"/>
       <c r="H36" s="42"/>
     </row>
     <row r="37" spans="1:8" ht="79.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A37" s="21" t="s">
         <v>25</v>
       </c>
-      <c r="B37" s="105"/>
-[...5 lines deleted...]
-      <c r="H37" s="107"/>
+      <c r="B37" s="73"/>
+      <c r="C37" s="74"/>
+      <c r="D37" s="74"/>
+      <c r="E37" s="74"/>
+      <c r="F37" s="74"/>
+      <c r="G37" s="74"/>
+      <c r="H37" s="75"/>
     </row>
     <row r="38" spans="1:8" s="41" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A38" s="79"/>
-[...5 lines deleted...]
-      <c r="G38" s="81"/>
+      <c r="A38" s="111"/>
+      <c r="B38" s="112"/>
+      <c r="C38" s="112"/>
+      <c r="D38" s="112"/>
+      <c r="E38" s="112"/>
+      <c r="F38" s="112"/>
+      <c r="G38" s="113"/>
       <c r="H38" s="42"/>
     </row>
     <row r="39" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A39" s="82" t="s">
-        <v>32</v>
+      <c r="A39" s="114" t="s">
+        <v>31</v>
       </c>
       <c r="B39" s="55"/>
       <c r="C39" s="55"/>
       <c r="D39" s="55"/>
       <c r="E39" s="55"/>
       <c r="F39" s="55"/>
       <c r="G39" s="55"/>
       <c r="H39" s="56"/>
     </row>
     <row r="40" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A40" s="83"/>
+      <c r="A40" s="115"/>
       <c r="B40" s="59"/>
       <c r="C40" s="57"/>
       <c r="D40" s="57"/>
       <c r="E40" s="57"/>
       <c r="F40" s="57"/>
       <c r="G40" s="57"/>
       <c r="H40" s="58"/>
     </row>
     <row r="41" spans="1:8" ht="65.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A41" s="84"/>
-[...6 lines deleted...]
-      <c r="H41" s="86"/>
+      <c r="A41" s="116"/>
+      <c r="B41" s="117"/>
+      <c r="C41" s="117"/>
+      <c r="D41" s="117"/>
+      <c r="E41" s="117"/>
+      <c r="F41" s="117"/>
+      <c r="G41" s="117"/>
+      <c r="H41" s="118"/>
     </row>
     <row r="42" spans="1:8" ht="48.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A42" s="61" t="s">
+      <c r="A42" s="93" t="s">
         <v>19</v>
       </c>
-      <c r="B42" s="62"/>
-[...5 lines deleted...]
-      <c r="H42" s="63"/>
+      <c r="B42" s="94"/>
+      <c r="C42" s="94"/>
+      <c r="D42" s="94"/>
+      <c r="E42" s="94"/>
+      <c r="F42" s="94"/>
+      <c r="G42" s="94"/>
+      <c r="H42" s="95"/>
     </row>
     <row r="43" spans="1:8" ht="66" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A43" s="32" t="s">
         <v>15</v>
       </c>
-      <c r="B43" s="93"/>
-[...5 lines deleted...]
-      <c r="H43" s="95"/>
+      <c r="B43" s="61"/>
+      <c r="C43" s="62"/>
+      <c r="D43" s="62"/>
+      <c r="E43" s="62"/>
+      <c r="F43" s="62"/>
+      <c r="G43" s="62"/>
+      <c r="H43" s="63"/>
     </row>
     <row r="44" spans="1:8" s="41" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A44" s="50"/>
       <c r="B44" s="51"/>
       <c r="C44" s="51"/>
       <c r="D44" s="51"/>
       <c r="E44" s="51"/>
       <c r="F44" s="51"/>
       <c r="G44" s="51"/>
       <c r="H44" s="42"/>
     </row>
     <row r="45" spans="1:8" ht="69" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A45" s="61" t="s">
+      <c r="A45" s="93" t="s">
         <v>30</v>
       </c>
-      <c r="B45" s="62"/>
-[...5 lines deleted...]
-      <c r="H45" s="63"/>
+      <c r="B45" s="94"/>
+      <c r="C45" s="94"/>
+      <c r="D45" s="94"/>
+      <c r="E45" s="94"/>
+      <c r="F45" s="94"/>
+      <c r="G45" s="94"/>
+      <c r="H45" s="95"/>
     </row>
     <row r="46" spans="1:8" ht="66" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A46" s="32" t="s">
         <v>12</v>
       </c>
-      <c r="B46" s="93"/>
-[...5 lines deleted...]
-      <c r="H46" s="95"/>
+      <c r="B46" s="61"/>
+      <c r="C46" s="62"/>
+      <c r="D46" s="62"/>
+      <c r="E46" s="62"/>
+      <c r="F46" s="62"/>
+      <c r="G46" s="62"/>
+      <c r="H46" s="63"/>
     </row>
   </sheetData>
   <sheetProtection insertRows="0"/>
   <protectedRanges>
     <protectedRange sqref="A6:A9" name="Bereich1"/>
     <protectedRange sqref="A23" name="Bereich1_1"/>
   </protectedRanges>
   <mergeCells count="23">
+    <mergeCell ref="D26:E28"/>
+    <mergeCell ref="F26:H28"/>
+    <mergeCell ref="A38:G38"/>
+    <mergeCell ref="A39:A41"/>
+    <mergeCell ref="B41:H41"/>
+    <mergeCell ref="A26:C26"/>
+    <mergeCell ref="A27:C27"/>
     <mergeCell ref="B46:H46"/>
     <mergeCell ref="B43:H43"/>
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A28:C28"/>
     <mergeCell ref="B35:H35"/>
     <mergeCell ref="B37:H37"/>
     <mergeCell ref="B2:H2"/>
     <mergeCell ref="B3:F3"/>
     <mergeCell ref="G3:H3"/>
     <mergeCell ref="B4:B5"/>
     <mergeCell ref="C4:C5"/>
     <mergeCell ref="D4:F4"/>
     <mergeCell ref="G4:G5"/>
     <mergeCell ref="H4:H5"/>
     <mergeCell ref="A42:H42"/>
     <mergeCell ref="A45:H45"/>
-    <mergeCell ref="D26:E28"/>
-[...5 lines deleted...]
-    <mergeCell ref="A27:C27"/>
   </mergeCells>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.11811023622047245" right="0.11811023622047245" top="0.27559055118110237" bottom="0.19685039370078741" header="0.11811023622047245" footer="7.874015748031496E-2"/>
   <pageSetup paperSize="9" scale="80" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;CDatenblatt "Fair Pay 2023" - Amt der Tiroler Landesregierung Abteilung Kultur - Jahresförderung Musik und Darstellende Kunst</oddHeader>
     <oddFooter>&amp;C&amp;P von &amp;N&amp;RDatenblatt Stand 28.11.2022</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="28" max="16383" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>