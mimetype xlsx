--- v0 (2025-11-03)
+++ v1 (2026-02-17)
@@ -6,75 +6,89 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/chartsheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.chartsheet+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-  <fileVersion appName="xl" lastEdited="6" lowestEdited="5" rupBuild="14420"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28526"/>
   <workbookPr showInkAnnotation="0" codeName="DieseArbeitsmappe" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="F:\BAU_FEUERPOLIZEI\Daten\Schaffenrath\Verkehr\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\STADTPLANUNG\MOS\12_RUHENDER VERKEHR\Stellplatzrichtlinie Innsbruck 2018\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{F8552D18-C336-45EF-AA8C-B315759A1039}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="13428" yWindow="240" windowWidth="14436" windowHeight="12528" tabRatio="687"/>
+    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15840" tabRatio="687" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Gebietsabgrenzungs Übersicht" sheetId="12" r:id="rId1"/>
     <sheet name="Zentrales Hauptsiedlungsgebiet" sheetId="2" r:id="rId2"/>
     <sheet name="Hauptsiedlungsgebiet" sheetId="6" r:id="rId3"/>
     <sheet name="peripheres Hauptsiedlungsgebiet" sheetId="9" r:id="rId4"/>
     <sheet name="übriges Siedlungsgebiet" sheetId="10" r:id="rId5"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="2">Hauptsiedlungsgebiet!$A$1:$G$85</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="3">'peripheres Hauptsiedlungsgebiet'!$A$1:$G$85</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="4">'übriges Siedlungsgebiet'!$A$1:$G$85</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'Zentrales Hauptsiedlungsgebiet'!$A$1:$G$85</definedName>
   </definedNames>
-  <calcPr calcId="162913"/>
+  <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="G24" i="2" l="1"/>
   <c r="G14" i="2"/>
   <c r="G13" i="2"/>
   <c r="G15" i="2"/>
   <c r="G16" i="2"/>
   <c r="G48" i="2" l="1"/>
   <c r="G31" i="10"/>
   <c r="I61" i="10" l="1"/>
   <c r="I61" i="9"/>
   <c r="I61" i="6"/>
   <c r="I61" i="2"/>
   <c r="I13" i="10" l="1"/>
   <c r="I8" i="10"/>
   <c r="G16" i="10"/>
   <c r="G15" i="10"/>
   <c r="G14" i="10"/>
   <c r="G13" i="10"/>
   <c r="G62" i="10" s="1"/>
   <c r="G11" i="10"/>
   <c r="G10" i="10"/>
@@ -2046,51 +2060,51 @@
   </si>
   <si>
     <t>Summe Wohngebäude gerundet</t>
   </si>
   <si>
     <t>…Wohnnutzfläche je WE gemäß Stellplatzhöchstzahlenverordnung</t>
   </si>
   <si>
     <t>Stellplatzanzahl für einspurige Kraftfahrzeuge gem. §12 TBO für Wohnanlagen
 (angemessene Anzahl gemäß Statistik Kfz Bestand)**</t>
   </si>
   <si>
     <t>Platzbedarf für Stellpätze einspurige Kfz
 --&gt; siehe RVS 03.07.32 Entwurfsgrundlagen für Garagen</t>
   </si>
   <si>
     <t>**Berechnung Stellplatzanzahl einspurige Kfz:
    Statistik Austria Kfz Bestand 2024 Innsbruck Stadt
    Anteil einspuriger Fahrzeuge = 13% bezogen auf Pkws
    --&gt; vorgeschriebene Anzahl Pkw Stellplätze WA *13%</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="0.000"/>
     <numFmt numFmtId="165" formatCode="0.0000"/>
   </numFmts>
   <fonts count="16" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
@@ -3174,463 +3188,1245 @@
     <xf numFmtId="49" fontId="3" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="14" fillId="8" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="6" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" textRotation="90"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" textRotation="90"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="7" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="7" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="7" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="38" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="41" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="42" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="34" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="6" borderId="0" xfId="0" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="22" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="16" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="31" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="29" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="1" fillId="0" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="1" fillId="0" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="2" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="2" fontId="14" fillId="8" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
-    </xf>
-[...154 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="5" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="5" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="5" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="6" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="6" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="6" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
   </cellStyles>
-  <dxfs count="210">
+  <dxfs count="171">
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <color theme="0"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
+      <fill>
+        <patternFill patternType="none">
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <color theme="0"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFF0000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="none">
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <color theme="0"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFF0000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="none">
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <color theme="0"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFF0000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <color theme="0"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFF0000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="none">
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="none">
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <color theme="0"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFF0000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
       <font>
         <b/>
         <i val="0"/>
         <color rgb="FFFF0000"/>
       </font>
       <fill>
         <patternFill patternType="solid">
           <bgColor rgb="FF92D050"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="none">
           <bgColor auto="1"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
-        <color rgb="FFFF0000"/>
       </font>
       <fill>
-        <patternFill patternType="solid">
+        <patternFill>
+          <bgColor rgb="FF92D050"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="none">
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FF92D050"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="none">
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FF92D050"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="none">
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FF92D050"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FF92D050"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="none">
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="none">
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <color auto="1"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FF92D050"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="none">
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FF92D050"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FF92D050"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="none">
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="none">
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FF92D050"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FF92D050"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="none">
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <color auto="1"/>
+      </font>
+      <fill>
+        <patternFill>
           <bgColor rgb="FF92D050"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <color theme="0"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <color auto="1"/>
+      </font>
       <fill>
         <patternFill patternType="none">
           <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <color auto="1"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FF92D050"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <color theme="0"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFF0000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color auto="1"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FF92D050"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color theme="0"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFF0000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color auto="1"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <color theme="0"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFF0000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="none">
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <color auto="1"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FF92D050"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <color theme="0"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFF0000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="none">
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <color theme="0"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFF0000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <color theme="0"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFF0000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="none">
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="none">
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <color theme="0"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFF0000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="none">
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <color theme="0"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFF0000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="none">
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <color theme="0"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <color rgb="FFFF0000"/>
       </font>
       <fill>
         <patternFill patternType="solid">
           <bgColor rgb="FF92D050"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
+      <fill>
+        <patternFill patternType="none">
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FF92D050"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="none">
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FF92D050"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="none">
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FF92D050"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="none">
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FF92D050"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="none">
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FF92D050"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="none">
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <color auto="1"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FF92D050"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="none">
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FF92D050"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="none">
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FF92D050"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="none">
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FF92D050"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FF92D050"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="none">
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <color auto="1"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FF92D050"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
       <font>
         <b/>
         <i val="0"/>
         <color theme="0"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <color auto="1"/>
+      </font>
       <fill>
         <patternFill patternType="none">
           <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <color auto="1"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FF92D050"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <color theme="0"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
+      <font>
+        <color auto="1"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FF92D050"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color theme="0"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFF0000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color auto="1"/>
+      </font>
       <fill>
         <patternFill patternType="none">
           <bgColor auto="1"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <color theme="0"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="none">
           <bgColor auto="1"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
+        <color auto="1"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FF92D050"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
         <color theme="0"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="none">
           <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <color theme="0"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFF0000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="none">
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <color theme="0"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFF0000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="none">
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <color theme="0"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFF0000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="none">
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <color theme="0"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFF0000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="none">
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <color theme="0"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFF0000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <color rgb="FFFF0000"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <bgColor rgb="FF92D050"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FF92D050"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="none">
           <bgColor auto="1"/>
-        </patternFill>
-[...27 lines deleted...]
-          <bgColor rgb="FF92D050"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="none">
           <bgColor auto="1"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FF92D050"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="none">
           <bgColor auto="1"/>
@@ -3700,57 +4496,50 @@
       <fill>
         <patternFill>
           <bgColor rgb="FF92D050"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="none">
           <bgColor auto="1"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FF92D050"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
-      <fill>
-[...5 lines deleted...]
-    <dxf>
       <font>
         <b/>
         <i val="0"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FF92D050"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="none">
           <bgColor auto="1"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FF92D050"/>
@@ -3764,1708 +4553,572 @@
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FF92D050"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="none">
           <bgColor auto="1"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
+        <color auto="1"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FF92D050"/>
-        </patternFill>
-[...5 lines deleted...]
-          <bgColor auto="1"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <color theme="0"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
+        <color theme="0"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFF0000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
         <color auto="1"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FF92D050"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <color auto="1"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color theme="0"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFF0000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color auto="1"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FF92D050"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color auto="1"/>
+      </font>
       <fill>
         <patternFill patternType="none">
           <bgColor auto="1"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <color theme="0"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <color auto="1"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FF92D050"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
+      <fill>
+        <patternFill patternType="none">
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="none">
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <color theme="0"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFF0000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <color theme="0"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFF0000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="none">
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <color theme="0"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFF0000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="none">
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <color theme="0"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFF0000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="none">
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="none">
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <color theme="0"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFF0000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <color rgb="FFFF0000"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <bgColor rgb="FF92D050"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="none">
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FF92D050"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FF92D050"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="none">
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="none">
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FF92D050"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FF92D050"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="none">
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="none">
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FF92D050"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="none">
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
       <font>
         <b/>
         <i val="0"/>
         <color auto="1"/>
       </font>
       <fill>
+        <patternFill>
+          <bgColor rgb="FF92D050"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
         <patternFill patternType="none">
           <bgColor auto="1"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
-        <color theme="0"/>
+        <b/>
+        <i val="0"/>
       </font>
       <fill>
         <patternFill>
-          <bgColor rgb="FFFF0000"/>
+          <bgColor rgb="FF92D050"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="none">
+          <bgColor auto="1"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
+        <b/>
+        <i val="0"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FF92D050"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="none">
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FF92D050"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FF92D050"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="none">
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
         <color auto="1"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FF92D050"/>
-        </patternFill>
-[...8 lines deleted...]
-          <bgColor auto="1"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <color theme="0"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <color auto="1"/>
       </font>
       <fill>
-        <patternFill>
-[...5 lines deleted...]
-      <fill>
         <patternFill patternType="none">
           <bgColor auto="1"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
-        <color rgb="FFFF0000"/>
+        <color auto="1"/>
       </font>
       <fill>
-        <patternFill patternType="solid">
+        <patternFill>
           <bgColor rgb="FF92D050"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <color theme="0"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
-        <b/>
-[...1 lines deleted...]
-        <color rgb="FFFF0000"/>
+        <color auto="1"/>
       </font>
       <fill>
-        <patternFill patternType="solid">
+        <patternFill>
           <bgColor rgb="FF92D050"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
+      <font>
+        <color theme="0"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFF0000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color auto="1"/>
+      </font>
       <fill>
         <patternFill patternType="none">
           <bgColor auto="1"/>
-        </patternFill>
-[...10 lines deleted...]
-          <bgColor rgb="FF92D050"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <color theme="0"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="none">
           <bgColor auto="1"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
-        <color theme="0"/>
-[...200 lines deleted...]
-        <i val="0"/>
         <color auto="1"/>
       </font>
       <fill>
         <patternFill>
-          <bgColor rgb="FF92D050"/>
-[...1230 lines deleted...]
-        <patternFill patternType="solid">
           <bgColor rgb="FF92D050"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFF3300"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartsheet" Target="chartsheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/></Relationships>
 </file>
@@ -5527,272 +5180,283 @@
         <c:crossAx val="115529600"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
         <c:axId val="115529600"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:crossAx val="115528064"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
     </c:plotArea>
     <c:legend>
       <c:legendPos val="r"/>
-      <c:layout/>
       <c:overlay val="0"/>
     </c:legend>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:userShapes r:id="rId1"/>
 </c:chartSpace>
 </file>
 
 <file path=xl/chartsheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/chartsheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<chartsheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+<chartsheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <tabColor rgb="FFFFFF00"/>
   </sheetPr>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="130" workbookViewId="0"/>
   </sheetViews>
   <sheetProtection algorithmName="SHA-512" hashValue="eiF8RayreNCjrCxaqgK+tTKhLZfDoJZgOHPD8rbEihREqDpx2nS4OwXdEndQnGeTVlIc+arneWUvGpKuQ8LpAg==" saltValue="0CA/dqpzaeccR5Zvbz5Siw==" spinCount="100000" content="1" objects="1"/>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </chartsheet>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:absoluteAnchor>
     <xdr:pos x="0" y="0"/>
-    <xdr:ext cx="9278815" cy="5978769"/>
+    <xdr:ext cx="9283212" cy="5978769"/>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
-        <xdr:cNvPr id="2" name="Diagramm 1"/>
+        <xdr:cNvPr id="2" name="Diagramm 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks noGrp="1"/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:absoluteAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <c:userShapes xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart">
   <cdr:relSizeAnchor xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
     <cdr:from>
       <cdr:x>0</cdr:x>
       <cdr:y>0</cdr:y>
     </cdr:from>
     <cdr:to>
       <cdr:x>1</cdr:x>
       <cdr:y>1</cdr:y>
     </cdr:to>
     <cdr:pic>
       <cdr:nvPicPr>
-        <cdr:cNvPr id="3" name="chart"/>
+        <cdr:cNvPr id="3" name="chart">
+          <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3F75F064-FDE0-53C6-958A-3BCC1F7137E8}"/>
+            </a:ext>
+          </a:extLst>
+        </cdr:cNvPr>
         <cdr:cNvPicPr>
           <a:picLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
         </cdr:cNvPicPr>
       </cdr:nvPicPr>
       <cdr:blipFill>
         <a:blip xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:fillRect/>
         </a:stretch>
       </cdr:blipFill>
       <cdr:spPr>
         <a:xfrm xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:off x="0" y="0"/>
           <a:ext cx="12647620" cy="9828572"/>
         </a:xfrm>
         <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:ln xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
         </a:ln>
       </cdr:spPr>
     </cdr:pic>
   </cdr:relSizeAnchor>
 </c:userShapes>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -5937,9562 +5601,9413 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Tabelle1">
     <tabColor theme="5"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AB95"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="80" zoomScaleNormal="80" zoomScalePageLayoutView="55" workbookViewId="0">
       <pane ySplit="5" topLeftCell="A6" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="F8" sqref="F8"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11" defaultRowHeight="13.8" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="7.59765625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7" max="7" width="19.59765625" style="27" customWidth="1"/>
+    <col min="1" max="1" width="7.625" style="3" customWidth="1"/>
+    <col min="2" max="2" width="47.875" style="26" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="35.125" style="24" customWidth="1"/>
+    <col min="4" max="4" width="9.125" style="27" hidden="1" customWidth="1"/>
+    <col min="5" max="5" width="15.625" style="28" customWidth="1"/>
+    <col min="6" max="6" width="11.625" style="25" customWidth="1"/>
+    <col min="7" max="7" width="19.625" style="27" customWidth="1"/>
     <col min="8" max="8" width="11.5" style="27" customWidth="1"/>
-    <col min="9" max="9" width="54.59765625" style="3" customWidth="1"/>
+    <col min="9" max="9" width="54.625" style="3" customWidth="1"/>
     <col min="10" max="17" width="11.5" style="3" customWidth="1"/>
     <col min="18" max="16384" width="11" style="3"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:19" ht="79.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="162" t="s">
+    <row r="1" spans="1:19" ht="79.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="136" t="s">
         <v>103</v>
       </c>
-      <c r="B1" s="163"/>
-[...7 lines deleted...]
-      <c r="A2" s="167" t="s">
+      <c r="B1" s="137"/>
+      <c r="C1" s="137"/>
+      <c r="D1" s="137"/>
+      <c r="E1" s="137"/>
+      <c r="F1" s="137"/>
+      <c r="G1" s="138"/>
+    </row>
+    <row r="2" spans="1:19" ht="15" x14ac:dyDescent="0.25">
+      <c r="A2" s="141" t="s">
         <v>100</v>
       </c>
-      <c r="B2" s="168"/>
+      <c r="B2" s="142"/>
       <c r="C2" s="93" t="s">
         <v>101</v>
       </c>
       <c r="D2" s="94"/>
-      <c r="E2" s="169" t="s">
+      <c r="E2" s="143" t="s">
         <v>102</v>
       </c>
-      <c r="F2" s="170"/>
-[...4 lines deleted...]
-      <c r="B3" s="166"/>
+      <c r="F2" s="144"/>
+      <c r="G2" s="145"/>
+    </row>
+    <row r="3" spans="1:19" ht="39.950000000000003" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="139"/>
+      <c r="B3" s="140"/>
       <c r="C3" s="95"/>
       <c r="D3" s="96"/>
-      <c r="E3" s="172"/>
-[...1 lines deleted...]
-      <c r="G3" s="174"/>
+      <c r="E3" s="146"/>
+      <c r="F3" s="147"/>
+      <c r="G3" s="148"/>
       <c r="I3" s="108"/>
       <c r="J3" s="108"/>
       <c r="K3" s="108"/>
       <c r="L3" s="108"/>
       <c r="M3" s="108"/>
       <c r="N3" s="108"/>
       <c r="O3" s="108"/>
       <c r="P3" s="108"/>
       <c r="Q3" s="108"/>
       <c r="R3" s="108"/>
       <c r="S3" s="108"/>
     </row>
-    <row r="4" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:19" ht="15" x14ac:dyDescent="0.2">
       <c r="A4" s="81"/>
       <c r="B4" s="82"/>
-      <c r="C4" s="181" t="s">
+      <c r="C4" s="131" t="s">
         <v>250</v>
       </c>
-      <c r="D4" s="175"/>
-      <c r="E4" s="177" t="s">
+      <c r="D4" s="125"/>
+      <c r="E4" s="127" t="s">
         <v>64</v>
       </c>
-      <c r="F4" s="178"/>
-      <c r="G4" s="179" t="s">
+      <c r="F4" s="128"/>
+      <c r="G4" s="129" t="s">
         <v>65</v>
       </c>
       <c r="I4" s="108"/>
       <c r="J4" s="108"/>
       <c r="K4" s="108"/>
       <c r="L4" s="108"/>
       <c r="M4" s="108"/>
       <c r="N4" s="108"/>
       <c r="O4" s="108"/>
       <c r="P4" s="108"/>
       <c r="Q4" s="108"/>
       <c r="R4" s="108"/>
       <c r="S4" s="108"/>
     </row>
-    <row r="5" spans="1:19" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:19" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A5" s="83"/>
       <c r="B5" s="84"/>
-      <c r="C5" s="182"/>
-      <c r="D5" s="176"/>
+      <c r="C5" s="132"/>
+      <c r="D5" s="126"/>
       <c r="E5" s="85" t="s">
         <v>62</v>
       </c>
       <c r="F5" s="86" t="s">
         <v>60</v>
       </c>
-      <c r="G5" s="180"/>
+      <c r="G5" s="130"/>
       <c r="I5" s="108"/>
       <c r="J5" s="108"/>
       <c r="K5" s="108"/>
       <c r="L5" s="108"/>
       <c r="M5" s="108"/>
       <c r="N5" s="108"/>
       <c r="O5" s="108"/>
       <c r="P5" s="108"/>
       <c r="Q5" s="108"/>
       <c r="R5" s="108"/>
       <c r="S5" s="108"/>
     </row>
-    <row r="6" spans="1:19" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:19" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A6" s="54" t="s">
         <v>1</v>
       </c>
-      <c r="B6" s="129" t="s">
+      <c r="B6" s="133" t="s">
         <v>7</v>
       </c>
-      <c r="C6" s="130"/>
-[...3 lines deleted...]
-      <c r="G6" s="131"/>
+      <c r="C6" s="134"/>
+      <c r="D6" s="134"/>
+      <c r="E6" s="134"/>
+      <c r="F6" s="134"/>
+      <c r="G6" s="135"/>
       <c r="H6" s="1"/>
       <c r="I6" s="109"/>
       <c r="J6" s="108"/>
       <c r="K6" s="108"/>
       <c r="L6" s="108"/>
       <c r="M6" s="108"/>
       <c r="N6" s="108"/>
       <c r="O6" s="108"/>
       <c r="P6" s="108"/>
       <c r="Q6" s="108"/>
       <c r="R6" s="108"/>
       <c r="S6" s="108"/>
     </row>
-    <row r="7" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="118" t="s">
         <v>56</v>
       </c>
-      <c r="B7" s="150" t="s">
+      <c r="B7" s="149" t="s">
         <v>260</v>
       </c>
-      <c r="C7" s="151"/>
-[...3 lines deleted...]
-      <c r="G7" s="152"/>
+      <c r="C7" s="150"/>
+      <c r="D7" s="150"/>
+      <c r="E7" s="150"/>
+      <c r="F7" s="150"/>
+      <c r="G7" s="151"/>
       <c r="H7" s="1"/>
       <c r="I7" s="109"/>
       <c r="J7" s="108"/>
       <c r="K7" s="108"/>
       <c r="L7" s="108"/>
       <c r="M7" s="108"/>
       <c r="N7" s="108"/>
       <c r="O7" s="108"/>
       <c r="P7" s="108"/>
       <c r="Q7" s="108"/>
       <c r="R7" s="108"/>
       <c r="S7" s="108"/>
     </row>
-    <row r="8" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="36" t="s">
         <v>104</v>
       </c>
       <c r="B8" s="37" t="s">
         <v>105</v>
       </c>
       <c r="C8" s="38" t="s">
         <v>129</v>
       </c>
       <c r="D8" s="90">
         <v>0.6</v>
       </c>
       <c r="E8" s="39" t="s">
         <v>82</v>
       </c>
       <c r="F8" s="31"/>
       <c r="G8" s="40" t="str">
         <f>IF(F8="","",IF(SUM($F$8:$F$11)&gt;6,"",F8*D8))</f>
         <v/>
       </c>
       <c r="H8" s="5"/>
-      <c r="I8" s="127" t="str">
+      <c r="I8" s="180" t="str">
         <f>IF(SUM(F8:F11)&gt;6,"ACHTUNG:" &amp; CHAR(10) &amp; "Es wurden mehr als 6 WE eingegeben!" &amp; CHAR(10) &amp; "Eingabe bei Pkt. 1.2","")</f>
         <v/>
       </c>
       <c r="J8" s="107"/>
       <c r="K8" s="107"/>
       <c r="L8" s="107"/>
       <c r="M8" s="107"/>
       <c r="N8" s="107"/>
       <c r="O8" s="107"/>
       <c r="P8" s="107"/>
       <c r="Q8" s="107"/>
       <c r="R8" s="107"/>
       <c r="S8" s="107"/>
     </row>
-    <row r="9" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="36" t="s">
         <v>106</v>
       </c>
       <c r="B9" s="41" t="s">
         <v>109</v>
       </c>
       <c r="C9" s="42" t="s">
         <v>131</v>
       </c>
       <c r="D9" s="90">
         <v>0.8</v>
       </c>
       <c r="E9" s="43" t="s">
         <v>82</v>
       </c>
       <c r="F9" s="29"/>
       <c r="G9" s="40" t="str">
         <f>IF(F9="","",IF(SUM($F$8:$F$11)&gt;6,"",F9*D9))</f>
         <v/>
       </c>
       <c r="H9" s="5"/>
-      <c r="I9" s="127"/>
+      <c r="I9" s="180"/>
       <c r="J9" s="107"/>
       <c r="K9" s="107"/>
       <c r="L9" s="107"/>
       <c r="M9" s="107"/>
       <c r="N9" s="107"/>
       <c r="O9" s="107"/>
       <c r="P9" s="107"/>
       <c r="Q9" s="107"/>
       <c r="R9" s="107"/>
       <c r="S9" s="107"/>
     </row>
-    <row r="10" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="36" t="s">
         <v>107</v>
       </c>
       <c r="B10" s="41" t="s">
         <v>110</v>
       </c>
       <c r="C10" s="42" t="s">
         <v>132</v>
       </c>
       <c r="D10" s="90">
         <v>0.9</v>
       </c>
       <c r="E10" s="43" t="s">
         <v>82</v>
       </c>
       <c r="F10" s="29"/>
       <c r="G10" s="40" t="str">
         <f>IF(F10="","",IF(SUM($F$8:$F$11)&gt;6,"",F10*D10))</f>
         <v/>
       </c>
       <c r="H10" s="7"/>
-      <c r="I10" s="127"/>
+      <c r="I10" s="180"/>
       <c r="J10" s="107"/>
       <c r="K10" s="107"/>
       <c r="L10" s="107"/>
       <c r="M10" s="107"/>
       <c r="N10" s="107"/>
       <c r="O10" s="107"/>
       <c r="P10" s="107"/>
       <c r="Q10" s="107"/>
       <c r="R10" s="107"/>
       <c r="S10" s="107"/>
     </row>
-    <row r="11" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="36" t="s">
         <v>108</v>
       </c>
       <c r="B11" s="41" t="s">
         <v>115</v>
       </c>
       <c r="C11" s="42" t="s">
         <v>130</v>
       </c>
       <c r="D11" s="90">
         <v>1</v>
       </c>
       <c r="E11" s="43" t="s">
         <v>82</v>
       </c>
       <c r="F11" s="29"/>
       <c r="G11" s="40" t="str">
         <f>IF(F11="","",IF(SUM($F$8:$F$11)&gt;6,"",F11*D11))</f>
         <v/>
       </c>
       <c r="H11" s="7"/>
-      <c r="I11" s="127"/>
+      <c r="I11" s="180"/>
       <c r="J11" s="107"/>
       <c r="K11" s="107"/>
       <c r="L11" s="107"/>
       <c r="M11" s="107"/>
       <c r="N11" s="107"/>
       <c r="O11" s="107"/>
       <c r="P11" s="107"/>
       <c r="Q11" s="107"/>
       <c r="R11" s="107"/>
       <c r="S11" s="107"/>
     </row>
-    <row r="12" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="117" t="s">
         <v>2</v>
       </c>
-      <c r="B12" s="153" t="s">
+      <c r="B12" s="152" t="s">
         <v>261</v>
       </c>
-      <c r="C12" s="154"/>
-[...3 lines deleted...]
-      <c r="G12" s="155"/>
+      <c r="C12" s="153"/>
+      <c r="D12" s="153"/>
+      <c r="E12" s="153"/>
+      <c r="F12" s="153"/>
+      <c r="G12" s="154"/>
       <c r="H12" s="7"/>
       <c r="I12" s="107"/>
       <c r="J12" s="107"/>
       <c r="K12" s="107"/>
       <c r="L12" s="107"/>
       <c r="M12" s="107"/>
       <c r="N12" s="107"/>
       <c r="O12" s="107"/>
       <c r="P12" s="107"/>
       <c r="Q12" s="107"/>
       <c r="R12" s="107"/>
       <c r="S12" s="107"/>
     </row>
-    <row r="13" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="36" t="s">
         <v>111</v>
       </c>
       <c r="B13" s="41" t="s">
         <v>105</v>
       </c>
       <c r="C13" s="42" t="s">
         <v>179</v>
       </c>
       <c r="D13" s="90">
         <f>0.6*0.85</f>
         <v>0.51</v>
       </c>
       <c r="E13" s="43" t="s">
         <v>82</v>
       </c>
       <c r="F13" s="29"/>
       <c r="G13" s="44" t="str">
         <f>IF(F13="","",IF(SUM($F$13:$F$16)&gt;6,F13*D13,""))</f>
         <v/>
       </c>
       <c r="H13" s="7"/>
-      <c r="I13" s="127" t="str">
+      <c r="I13" s="180" t="str">
         <f>IF(AND(F13="",F14="",F15="",F16=""),"",IF(SUM(F13:F16)&gt;6,"","ACHTUNG:" &amp; CHAR(10) &amp; "Kontrollieren Sie bitte ob es sich um eine Wohnanlage handelt!" &amp; CHAR(10) &amp; "Eingabe bei Pkt. 1.1"))</f>
         <v/>
       </c>
       <c r="J13" s="107"/>
       <c r="K13" s="107"/>
       <c r="L13" s="107"/>
       <c r="M13" s="107"/>
       <c r="N13" s="107"/>
       <c r="O13" s="107"/>
       <c r="P13" s="107"/>
       <c r="Q13" s="107"/>
       <c r="R13" s="107"/>
       <c r="S13" s="107"/>
     </row>
-    <row r="14" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="36" t="s">
         <v>112</v>
       </c>
       <c r="B14" s="41" t="s">
         <v>109</v>
       </c>
       <c r="C14" s="42" t="s">
         <v>180</v>
       </c>
       <c r="D14" s="90">
         <f>0.8*0.85</f>
         <v>0.68</v>
       </c>
       <c r="E14" s="43" t="s">
         <v>82</v>
       </c>
       <c r="F14" s="29"/>
       <c r="G14" s="44" t="str">
         <f>IF(F14="","",IF(SUM($F$13:$F$16)&gt;6,F14*D14,""))</f>
         <v/>
       </c>
       <c r="H14" s="7"/>
-      <c r="I14" s="127"/>
+      <c r="I14" s="180"/>
       <c r="J14" s="107"/>
       <c r="K14" s="107"/>
       <c r="L14" s="107"/>
       <c r="M14" s="107"/>
       <c r="N14" s="107"/>
       <c r="O14" s="107"/>
       <c r="P14" s="107"/>
       <c r="Q14" s="107"/>
       <c r="R14" s="107"/>
       <c r="S14" s="107"/>
     </row>
-    <row r="15" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="36" t="s">
         <v>113</v>
       </c>
       <c r="B15" s="41" t="s">
         <v>110</v>
       </c>
       <c r="C15" s="42" t="s">
         <v>181</v>
       </c>
       <c r="D15" s="90">
         <f>0.9*0.85</f>
         <v>0.76500000000000001</v>
       </c>
       <c r="E15" s="43" t="s">
         <v>82</v>
       </c>
       <c r="F15" s="29"/>
       <c r="G15" s="44" t="str">
         <f t="shared" ref="G15:G16" si="0">IF(F15="","",IF(SUM($F$13:$F$16)&gt;6,F15*D15,""))</f>
         <v/>
       </c>
       <c r="H15" s="7"/>
-      <c r="I15" s="127"/>
+      <c r="I15" s="180"/>
       <c r="J15" s="107"/>
       <c r="K15" s="107"/>
       <c r="L15" s="107"/>
       <c r="M15" s="107"/>
       <c r="N15" s="107"/>
       <c r="O15" s="107"/>
       <c r="P15" s="107"/>
       <c r="Q15" s="107"/>
       <c r="R15" s="107"/>
       <c r="S15" s="107"/>
     </row>
-    <row r="16" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="36" t="s">
         <v>114</v>
       </c>
       <c r="B16" s="41" t="s">
         <v>115</v>
       </c>
       <c r="C16" s="42" t="s">
         <v>182</v>
       </c>
       <c r="D16" s="90">
         <f>1*0.85</f>
         <v>0.85</v>
       </c>
       <c r="E16" s="43" t="s">
         <v>82</v>
       </c>
       <c r="F16" s="29"/>
       <c r="G16" s="44" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="H16" s="7"/>
-      <c r="I16" s="127"/>
+      <c r="I16" s="180"/>
       <c r="J16" s="107"/>
       <c r="K16" s="107"/>
       <c r="L16" s="107"/>
       <c r="M16" s="107"/>
       <c r="N16" s="107"/>
       <c r="O16" s="107"/>
       <c r="P16" s="107"/>
       <c r="Q16" s="107"/>
       <c r="R16" s="107"/>
       <c r="S16" s="107"/>
     </row>
-    <row r="17" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="117" t="s">
         <v>3</v>
       </c>
-      <c r="B17" s="150" t="s">
+      <c r="B17" s="149" t="s">
         <v>120</v>
       </c>
-      <c r="C17" s="151"/>
-[...3 lines deleted...]
-      <c r="G17" s="152"/>
+      <c r="C17" s="150"/>
+      <c r="D17" s="150"/>
+      <c r="E17" s="150"/>
+      <c r="F17" s="150"/>
+      <c r="G17" s="151"/>
       <c r="H17" s="7"/>
       <c r="I17" s="107"/>
       <c r="J17" s="107"/>
       <c r="K17" s="107"/>
       <c r="L17" s="107"/>
       <c r="M17" s="107"/>
       <c r="N17" s="107"/>
       <c r="O17" s="107"/>
       <c r="P17" s="107"/>
       <c r="Q17" s="107"/>
       <c r="R17" s="107"/>
       <c r="S17" s="107"/>
     </row>
-    <row r="18" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="45" t="s">
         <v>116</v>
       </c>
-      <c r="B18" s="159" t="s">
+      <c r="B18" s="158" t="s">
         <v>118</v>
       </c>
-      <c r="C18" s="160"/>
-[...3 lines deleted...]
-      <c r="G18" s="161"/>
+      <c r="C18" s="159"/>
+      <c r="D18" s="159"/>
+      <c r="E18" s="159"/>
+      <c r="F18" s="159"/>
+      <c r="G18" s="160"/>
       <c r="H18" s="7"/>
       <c r="I18" s="107"/>
       <c r="J18" s="107"/>
       <c r="K18" s="107"/>
       <c r="L18" s="107"/>
       <c r="M18" s="107"/>
       <c r="N18" s="107"/>
       <c r="O18" s="107"/>
       <c r="P18" s="107"/>
       <c r="Q18" s="107"/>
       <c r="R18" s="107"/>
       <c r="S18" s="107"/>
     </row>
-    <row r="19" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="36" t="s">
         <v>121</v>
       </c>
       <c r="B19" s="41" t="s">
         <v>105</v>
       </c>
       <c r="C19" s="42" t="s">
         <v>183</v>
       </c>
       <c r="D19" s="90">
         <f>0.6*0.75</f>
         <v>0.44999999999999996</v>
       </c>
       <c r="E19" s="43" t="s">
         <v>82</v>
       </c>
       <c r="F19" s="29"/>
       <c r="G19" s="44" t="str">
         <f>IF(F19="","",IF(SUM($F$19:$F$22)&gt;5,"",F19*D19))</f>
         <v/>
       </c>
       <c r="H19" s="7"/>
-      <c r="I19" s="127" t="str">
+      <c r="I19" s="180" t="str">
         <f>IF(SUM(F19:F22)&gt;5,"ACHTUNG:" &amp; CHAR(10) &amp; "Es wurden mehr als 5 WE eingegeben!" &amp; CHAR(10) &amp; "Eingabe bei Pkt. 1.3.2","")</f>
         <v/>
       </c>
       <c r="J19" s="107"/>
       <c r="K19" s="107"/>
       <c r="L19" s="107"/>
       <c r="M19" s="107"/>
       <c r="N19" s="107"/>
       <c r="O19" s="107"/>
       <c r="P19" s="107"/>
       <c r="Q19" s="107"/>
       <c r="R19" s="107"/>
       <c r="S19" s="107"/>
     </row>
-    <row r="20" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="36" t="s">
         <v>122</v>
       </c>
       <c r="B20" s="41" t="s">
         <v>109</v>
       </c>
       <c r="C20" s="42" t="s">
         <v>184</v>
       </c>
       <c r="D20" s="90">
         <f>0.8*0.75</f>
         <v>0.60000000000000009</v>
       </c>
       <c r="E20" s="43" t="s">
         <v>82</v>
       </c>
       <c r="F20" s="29"/>
       <c r="G20" s="44" t="str">
         <f t="shared" ref="G20:G22" si="1">IF(F20="","",IF(SUM($F$19:$F$22)&gt;5,"",F20*D20))</f>
         <v/>
       </c>
       <c r="H20" s="7"/>
-      <c r="I20" s="127"/>
+      <c r="I20" s="180"/>
       <c r="J20" s="107"/>
       <c r="K20" s="107"/>
       <c r="L20" s="107"/>
       <c r="M20" s="107"/>
       <c r="N20" s="107"/>
       <c r="O20" s="107"/>
       <c r="P20" s="107"/>
       <c r="Q20" s="107"/>
       <c r="R20" s="107"/>
       <c r="S20" s="107"/>
     </row>
-    <row r="21" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="36" t="s">
         <v>123</v>
       </c>
       <c r="B21" s="41" t="s">
         <v>110</v>
       </c>
       <c r="C21" s="42" t="s">
         <v>175</v>
       </c>
       <c r="D21" s="90">
         <f>0.9*0.75</f>
         <v>0.67500000000000004</v>
       </c>
       <c r="E21" s="43" t="s">
         <v>82</v>
       </c>
       <c r="F21" s="29"/>
       <c r="G21" s="44" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
       <c r="H21" s="7"/>
-      <c r="I21" s="127"/>
+      <c r="I21" s="180"/>
       <c r="J21" s="107"/>
       <c r="K21" s="107"/>
       <c r="L21" s="107"/>
       <c r="M21" s="107"/>
       <c r="N21" s="107"/>
       <c r="O21" s="107"/>
       <c r="P21" s="107"/>
       <c r="Q21" s="107"/>
       <c r="R21" s="107"/>
       <c r="S21" s="107"/>
     </row>
-    <row r="22" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="36" t="s">
         <v>124</v>
       </c>
       <c r="B22" s="41" t="s">
         <v>115</v>
       </c>
       <c r="C22" s="42" t="s">
         <v>185</v>
       </c>
       <c r="D22" s="90">
         <f>1*0.75</f>
         <v>0.75</v>
       </c>
       <c r="E22" s="43" t="s">
         <v>82</v>
       </c>
       <c r="F22" s="29"/>
       <c r="G22" s="44" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
       <c r="H22" s="7"/>
-      <c r="I22" s="127"/>
+      <c r="I22" s="180"/>
       <c r="J22" s="107"/>
       <c r="K22" s="107"/>
       <c r="L22" s="107"/>
       <c r="M22" s="107"/>
       <c r="N22" s="107"/>
       <c r="O22" s="107"/>
       <c r="P22" s="107"/>
       <c r="Q22" s="107"/>
       <c r="R22" s="107"/>
       <c r="S22" s="107"/>
     </row>
-    <row r="23" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="45" t="s">
         <v>117</v>
       </c>
-      <c r="B23" s="156" t="s">
+      <c r="B23" s="155" t="s">
         <v>119</v>
       </c>
-      <c r="C23" s="157"/>
-[...3 lines deleted...]
-      <c r="G23" s="158"/>
+      <c r="C23" s="156"/>
+      <c r="D23" s="156"/>
+      <c r="E23" s="156"/>
+      <c r="F23" s="156"/>
+      <c r="G23" s="157"/>
       <c r="H23" s="7"/>
       <c r="I23" s="107"/>
       <c r="J23" s="107"/>
       <c r="K23" s="107"/>
       <c r="L23" s="107"/>
       <c r="M23" s="107"/>
       <c r="N23" s="107"/>
       <c r="O23" s="107"/>
       <c r="P23" s="107"/>
       <c r="Q23" s="107"/>
       <c r="R23" s="107"/>
       <c r="S23" s="107"/>
     </row>
-    <row r="24" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="36" t="s">
         <v>125</v>
       </c>
       <c r="B24" s="41" t="s">
         <v>105</v>
       </c>
       <c r="C24" s="42" t="s">
         <v>186</v>
       </c>
       <c r="D24" s="90">
         <f>0.6*0.65</f>
         <v>0.39</v>
       </c>
       <c r="E24" s="43" t="s">
         <v>82</v>
       </c>
       <c r="F24" s="29"/>
       <c r="G24" s="44" t="str">
         <f>IF(F24="","",IF(SUM($F$24:$F$29)&gt;5,F24*D24,""))</f>
         <v/>
       </c>
       <c r="H24" s="7"/>
-      <c r="I24" s="127" t="str">
+      <c r="I24" s="180" t="str">
         <f>IF(AND(F24="",F25="",F26="",F27=""),"",IF(SUM(F24:F27)&gt;5,"","ACHTUNG:" &amp; CHAR(10) &amp; "Kontrollieren Sie bitte ob es sich um eine Wohnanlage handelt!" &amp; CHAR(10) &amp; "Eingabe bei Pkt. 1.3.1"))</f>
         <v/>
       </c>
       <c r="J24" s="107"/>
       <c r="K24" s="107"/>
       <c r="L24" s="107"/>
       <c r="M24" s="107"/>
       <c r="N24" s="107"/>
       <c r="O24" s="107"/>
       <c r="P24" s="107"/>
       <c r="Q24" s="107"/>
       <c r="R24" s="107"/>
       <c r="S24" s="107"/>
     </row>
-    <row r="25" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="36" t="s">
         <v>126</v>
       </c>
       <c r="B25" s="41" t="s">
         <v>109</v>
       </c>
       <c r="C25" s="42" t="s">
         <v>187</v>
       </c>
       <c r="D25" s="90">
         <f>0.8*0.65</f>
         <v>0.52</v>
       </c>
       <c r="E25" s="43" t="s">
         <v>82</v>
       </c>
       <c r="F25" s="29"/>
       <c r="G25" s="44" t="str">
         <f t="shared" ref="G25:G27" si="2">IF(F25="","",IF(SUM($F$24:$F$29)&gt;5,F25*D25,""))</f>
         <v/>
       </c>
       <c r="H25" s="7"/>
-      <c r="I25" s="127"/>
+      <c r="I25" s="180"/>
       <c r="J25" s="107"/>
       <c r="K25" s="107"/>
       <c r="L25" s="107"/>
       <c r="M25" s="107"/>
       <c r="N25" s="107"/>
       <c r="O25" s="107"/>
       <c r="P25" s="107"/>
       <c r="Q25" s="107"/>
       <c r="R25" s="107"/>
       <c r="S25" s="107"/>
     </row>
-    <row r="26" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="36" t="s">
         <v>127</v>
       </c>
       <c r="B26" s="41" t="s">
         <v>110</v>
       </c>
       <c r="C26" s="42" t="s">
         <v>176</v>
       </c>
       <c r="D26" s="90">
         <f>0.9*0.65</f>
         <v>0.58500000000000008</v>
       </c>
       <c r="E26" s="43" t="s">
         <v>82</v>
       </c>
       <c r="F26" s="29"/>
       <c r="G26" s="44" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="H26" s="7"/>
-      <c r="I26" s="127"/>
+      <c r="I26" s="180"/>
       <c r="J26" s="107"/>
       <c r="K26" s="107"/>
       <c r="L26" s="107"/>
       <c r="M26" s="107"/>
       <c r="N26" s="107"/>
       <c r="O26" s="107"/>
       <c r="P26" s="107"/>
       <c r="Q26" s="107"/>
       <c r="R26" s="107"/>
       <c r="S26" s="107"/>
     </row>
-    <row r="27" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="36" t="s">
         <v>128</v>
       </c>
       <c r="B27" s="41" t="s">
         <v>115</v>
       </c>
       <c r="C27" s="42" t="s">
         <v>188</v>
       </c>
       <c r="D27" s="90">
         <f>1*0.65</f>
         <v>0.65</v>
       </c>
       <c r="E27" s="43" t="s">
         <v>82</v>
       </c>
       <c r="F27" s="29"/>
       <c r="G27" s="44" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="H27" s="7"/>
-      <c r="I27" s="127"/>
+      <c r="I27" s="180"/>
       <c r="J27" s="107"/>
       <c r="K27" s="107"/>
       <c r="L27" s="107"/>
       <c r="M27" s="107"/>
       <c r="N27" s="107"/>
       <c r="O27" s="107"/>
       <c r="P27" s="107"/>
       <c r="Q27" s="107"/>
       <c r="R27" s="107"/>
       <c r="S27" s="107"/>
     </row>
-    <row r="28" spans="1:19" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:19" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="45" t="s">
         <v>5</v>
       </c>
       <c r="B28" s="46" t="s">
         <v>4</v>
       </c>
       <c r="C28" s="47" t="s">
         <v>138</v>
       </c>
       <c r="D28" s="90">
         <f>1/30</f>
         <v>3.3333333333333333E-2</v>
       </c>
       <c r="E28" s="43" t="s">
         <v>200</v>
       </c>
       <c r="F28" s="29"/>
       <c r="G28" s="44" t="str">
         <f>IF(F28="","",IF(F28*D28&lt;1,1,F28*D28))</f>
         <v/>
       </c>
       <c r="H28" s="8"/>
       <c r="I28" s="107" t="s">
         <v>269</v>
       </c>
       <c r="J28" s="107"/>
       <c r="K28" s="107"/>
       <c r="L28" s="107"/>
       <c r="M28" s="107"/>
       <c r="N28" s="107"/>
       <c r="O28" s="107"/>
       <c r="P28" s="107"/>
       <c r="Q28" s="107"/>
       <c r="R28" s="107"/>
       <c r="S28" s="107"/>
     </row>
-    <row r="29" spans="1:19" s="6" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:19" s="6" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A29" s="49" t="s">
         <v>99</v>
       </c>
       <c r="B29" s="50" t="s">
         <v>6</v>
       </c>
       <c r="C29" s="51" t="s">
         <v>137</v>
       </c>
       <c r="D29" s="90">
         <f>1/4</f>
         <v>0.25</v>
       </c>
       <c r="E29" s="52" t="s">
         <v>200</v>
       </c>
       <c r="F29" s="33"/>
       <c r="G29" s="53" t="str">
         <f>IF(F29="","",IF(F29*D29&lt;1,1,F29*D29))</f>
         <v/>
       </c>
       <c r="H29" s="7"/>
       <c r="I29" s="124">
         <f>ROUND(SUM(G8:G11,G13:G16,G19:G22,G24:G29),0)</f>
         <v>0</v>
       </c>
       <c r="J29" s="107"/>
       <c r="K29" s="107"/>
       <c r="L29" s="107"/>
       <c r="M29" s="107"/>
       <c r="N29" s="107"/>
       <c r="O29" s="107"/>
       <c r="P29" s="107"/>
       <c r="Q29" s="107"/>
       <c r="R29" s="107"/>
       <c r="S29" s="107"/>
     </row>
-    <row r="30" spans="1:19" s="6" customFormat="1" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:19" s="6" customFormat="1" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A30" s="54" t="s">
         <v>8</v>
       </c>
-      <c r="B30" s="129" t="s">
+      <c r="B30" s="133" t="s">
         <v>0</v>
       </c>
-      <c r="C30" s="130"/>
-[...3 lines deleted...]
-      <c r="G30" s="131"/>
+      <c r="C30" s="134"/>
+      <c r="D30" s="134"/>
+      <c r="E30" s="134"/>
+      <c r="F30" s="134"/>
+      <c r="G30" s="135"/>
       <c r="H30" s="7"/>
       <c r="I30" s="107"/>
       <c r="J30" s="107"/>
       <c r="K30" s="107"/>
       <c r="L30" s="107"/>
       <c r="M30" s="107"/>
       <c r="N30" s="107"/>
       <c r="O30" s="107"/>
       <c r="P30" s="107"/>
       <c r="Q30" s="107"/>
       <c r="R30" s="107"/>
       <c r="S30" s="107"/>
     </row>
-    <row r="31" spans="1:19" s="6" customFormat="1" ht="50.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="31" spans="1:19" s="6" customFormat="1" ht="50.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A31" s="55" t="s">
         <v>9</v>
       </c>
       <c r="B31" s="56" t="s">
         <v>133</v>
       </c>
       <c r="C31" s="102" t="s">
         <v>251</v>
       </c>
       <c r="D31" s="91">
         <f>1/80</f>
         <v>1.2500000000000001E-2</v>
       </c>
       <c r="E31" s="58" t="s">
         <v>201</v>
       </c>
       <c r="F31" s="34"/>
       <c r="G31" s="59" t="str">
         <f>IF(F31="","",IF(F31*D31&lt;1,1,F31*D31))</f>
         <v/>
       </c>
       <c r="H31" s="7"/>
       <c r="I31" s="107"/>
       <c r="J31" s="107"/>
       <c r="K31" s="107"/>
       <c r="L31" s="107"/>
       <c r="M31" s="107"/>
       <c r="N31" s="107"/>
       <c r="O31" s="107"/>
       <c r="P31" s="107"/>
       <c r="Q31" s="107"/>
       <c r="R31" s="107"/>
       <c r="S31" s="107"/>
     </row>
-    <row r="32" spans="1:19" s="6" customFormat="1" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="32" spans="1:19" s="6" customFormat="1" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A32" s="54" t="s">
         <v>10</v>
       </c>
-      <c r="B32" s="129" t="s">
+      <c r="B32" s="133" t="s">
         <v>11</v>
       </c>
-      <c r="C32" s="130"/>
-[...3 lines deleted...]
-      <c r="G32" s="131"/>
+      <c r="C32" s="134"/>
+      <c r="D32" s="134"/>
+      <c r="E32" s="134"/>
+      <c r="F32" s="134"/>
+      <c r="G32" s="135"/>
       <c r="H32" s="7"/>
       <c r="I32" s="107"/>
       <c r="J32" s="107"/>
       <c r="K32" s="107"/>
       <c r="L32" s="107"/>
       <c r="M32" s="107"/>
       <c r="N32" s="107"/>
       <c r="O32" s="107"/>
       <c r="P32" s="107"/>
       <c r="Q32" s="107"/>
       <c r="R32" s="107"/>
       <c r="S32" s="107"/>
     </row>
-    <row r="33" spans="1:19" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:19" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="60" t="s">
         <v>12</v>
       </c>
       <c r="B33" s="61" t="s">
         <v>17</v>
       </c>
       <c r="C33" s="62" t="s">
         <v>139</v>
       </c>
       <c r="D33" s="90">
         <f>1/40</f>
         <v>2.5000000000000001E-2</v>
       </c>
       <c r="E33" s="39" t="s">
         <v>202</v>
       </c>
       <c r="F33" s="31"/>
       <c r="G33" s="40" t="str">
         <f>IF(F33="","",IF(F33*D33&lt;2,2,F33*D33))</f>
         <v/>
       </c>
       <c r="H33" s="7"/>
       <c r="I33" s="107"/>
       <c r="J33" s="107"/>
       <c r="K33" s="107"/>
       <c r="L33" s="107"/>
       <c r="M33" s="107"/>
       <c r="N33" s="107"/>
       <c r="O33" s="107"/>
       <c r="P33" s="107"/>
       <c r="Q33" s="107"/>
       <c r="R33" s="107"/>
       <c r="S33" s="107"/>
     </row>
-    <row r="34" spans="1:19" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:19" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="63" t="s">
         <v>13</v>
       </c>
       <c r="B34" s="64" t="s">
         <v>134</v>
       </c>
       <c r="C34" s="51" t="s">
         <v>140</v>
       </c>
       <c r="D34" s="90">
         <f>1/35</f>
         <v>2.8571428571428571E-2</v>
       </c>
       <c r="E34" s="43" t="s">
         <v>202</v>
       </c>
       <c r="F34" s="29"/>
       <c r="G34" s="44" t="str">
         <f>IF(F34="","",IF(F34*D34&lt;2,2,F34*D34))</f>
         <v/>
       </c>
       <c r="H34" s="7"/>
       <c r="I34" s="107"/>
       <c r="J34" s="107"/>
       <c r="K34" s="107"/>
       <c r="L34" s="107"/>
       <c r="M34" s="107"/>
       <c r="N34" s="107"/>
       <c r="O34" s="107"/>
       <c r="P34" s="107"/>
       <c r="Q34" s="107"/>
       <c r="R34" s="107"/>
       <c r="S34" s="107"/>
     </row>
-    <row r="35" spans="1:19" s="6" customFormat="1" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:19" s="6" customFormat="1" ht="33.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="65" t="s">
         <v>14</v>
       </c>
       <c r="B35" s="103" t="s">
         <v>252</v>
       </c>
       <c r="C35" s="51" t="s">
         <v>141</v>
       </c>
       <c r="D35" s="90">
         <f>1/20</f>
         <v>0.05</v>
       </c>
       <c r="E35" s="43" t="s">
         <v>202</v>
       </c>
       <c r="F35" s="29"/>
       <c r="G35" s="44" t="str">
         <f>IF(F35="","",IF(F35*D35&lt;2,2,F35*D35))</f>
         <v/>
       </c>
       <c r="H35" s="8"/>
       <c r="I35" s="107"/>
       <c r="J35" s="107"/>
       <c r="K35" s="107"/>
       <c r="L35" s="107"/>
       <c r="M35" s="107"/>
       <c r="N35" s="107"/>
       <c r="O35" s="107"/>
       <c r="P35" s="107"/>
       <c r="Q35" s="107"/>
       <c r="R35" s="107"/>
       <c r="S35" s="107"/>
     </row>
-    <row r="36" spans="1:19" s="6" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="36" spans="1:19" s="6" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A36" s="66" t="s">
         <v>16</v>
       </c>
       <c r="B36" s="50" t="s">
         <v>18</v>
       </c>
       <c r="C36" s="67" t="s">
         <v>135</v>
       </c>
       <c r="D36" s="90">
         <f>1/200</f>
         <v>5.0000000000000001E-3</v>
       </c>
       <c r="E36" s="52" t="s">
         <v>203</v>
       </c>
       <c r="F36" s="33"/>
       <c r="G36" s="53" t="str">
         <f>IF(F36="","",F36*D36)</f>
         <v/>
       </c>
       <c r="H36" s="8"/>
       <c r="I36" s="107"/>
       <c r="J36" s="107"/>
       <c r="K36" s="107"/>
       <c r="L36" s="107"/>
       <c r="M36" s="107"/>
       <c r="N36" s="107"/>
       <c r="O36" s="107"/>
       <c r="P36" s="107"/>
       <c r="Q36" s="107"/>
       <c r="R36" s="107"/>
       <c r="S36" s="107"/>
     </row>
-    <row r="37" spans="1:19" s="6" customFormat="1" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="37" spans="1:19" s="6" customFormat="1" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A37" s="54" t="s">
         <v>19</v>
       </c>
-      <c r="B37" s="129" t="s">
+      <c r="B37" s="133" t="s">
         <v>20</v>
       </c>
-      <c r="C37" s="130"/>
-[...3 lines deleted...]
-      <c r="G37" s="131"/>
+      <c r="C37" s="134"/>
+      <c r="D37" s="134"/>
+      <c r="E37" s="134"/>
+      <c r="F37" s="134"/>
+      <c r="G37" s="135"/>
       <c r="H37" s="8"/>
       <c r="I37" s="107"/>
       <c r="J37" s="107"/>
       <c r="K37" s="107"/>
       <c r="L37" s="107"/>
       <c r="M37" s="107"/>
       <c r="N37" s="107"/>
       <c r="O37" s="107"/>
       <c r="P37" s="107"/>
       <c r="Q37" s="107"/>
       <c r="R37" s="107"/>
       <c r="S37" s="107"/>
     </row>
-    <row r="38" spans="1:19" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:19" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="68" t="s">
         <v>21</v>
       </c>
       <c r="B38" s="61" t="s">
         <v>22</v>
       </c>
       <c r="C38" s="47" t="s">
         <v>142</v>
       </c>
       <c r="D38" s="90">
         <f>1/12</f>
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="E38" s="43" t="s">
         <v>204</v>
       </c>
       <c r="F38" s="29"/>
       <c r="G38" s="53" t="str">
         <f>IF(F38="","",IF(F38*D38&lt;1,1,F38*D38))</f>
         <v/>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="107"/>
       <c r="J38" s="107"/>
       <c r="K38" s="107"/>
       <c r="L38" s="107"/>
       <c r="M38" s="107"/>
       <c r="N38" s="107"/>
       <c r="O38" s="107"/>
       <c r="P38" s="107"/>
       <c r="Q38" s="107"/>
       <c r="R38" s="107"/>
       <c r="S38" s="107"/>
     </row>
-    <row r="39" spans="1:19" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:19" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A39" s="69" t="s">
         <v>23</v>
       </c>
       <c r="B39" s="46" t="s">
         <v>24</v>
       </c>
       <c r="C39" s="47" t="s">
         <v>143</v>
       </c>
       <c r="D39" s="90">
         <f>1/7</f>
         <v>0.14285714285714285</v>
       </c>
       <c r="E39" s="43" t="s">
         <v>200</v>
       </c>
       <c r="F39" s="29"/>
       <c r="G39" s="53" t="str">
         <f>IF(F39="","",IF(F39*D39&lt;1,1,F39*D39))</f>
         <v/>
       </c>
       <c r="H39" s="7"/>
       <c r="I39" s="107"/>
       <c r="J39" s="107"/>
       <c r="K39" s="107"/>
       <c r="L39" s="107"/>
       <c r="M39" s="107"/>
       <c r="N39" s="107"/>
       <c r="O39" s="107"/>
       <c r="P39" s="107"/>
       <c r="Q39" s="107"/>
       <c r="R39" s="107"/>
       <c r="S39" s="107"/>
     </row>
-    <row r="40" spans="1:19" s="6" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="40" spans="1:19" s="6" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A40" s="66" t="s">
         <v>25</v>
       </c>
       <c r="B40" s="50" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="51" t="s">
         <v>144</v>
       </c>
       <c r="D40" s="90">
         <f>1/15</f>
         <v>6.6666666666666666E-2</v>
       </c>
       <c r="E40" s="52" t="s">
         <v>200</v>
       </c>
       <c r="F40" s="33"/>
       <c r="G40" s="53" t="str">
         <f>IF(F40="","",IF(F40*D40&lt;1,1,F40*D40))</f>
         <v/>
       </c>
       <c r="H40" s="7"/>
       <c r="I40" s="107"/>
       <c r="J40" s="107"/>
       <c r="K40" s="107"/>
       <c r="L40" s="107"/>
       <c r="M40" s="107"/>
       <c r="N40" s="107"/>
       <c r="O40" s="107"/>
       <c r="P40" s="107"/>
       <c r="Q40" s="107"/>
       <c r="R40" s="107"/>
       <c r="S40" s="107"/>
     </row>
-    <row r="41" spans="1:19" s="6" customFormat="1" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="41" spans="1:19" s="6" customFormat="1" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A41" s="54" t="s">
         <v>27</v>
       </c>
-      <c r="B41" s="129" t="s">
+      <c r="B41" s="133" t="s">
         <v>28</v>
       </c>
-      <c r="C41" s="130"/>
-[...3 lines deleted...]
-      <c r="G41" s="131"/>
+      <c r="C41" s="134"/>
+      <c r="D41" s="134"/>
+      <c r="E41" s="134"/>
+      <c r="F41" s="134"/>
+      <c r="G41" s="135"/>
       <c r="H41" s="7"/>
       <c r="I41" s="107"/>
       <c r="J41" s="107"/>
       <c r="K41" s="107"/>
       <c r="L41" s="107"/>
       <c r="M41" s="107"/>
       <c r="N41" s="107"/>
       <c r="O41" s="107"/>
       <c r="P41" s="107"/>
       <c r="Q41" s="107"/>
       <c r="R41" s="107"/>
       <c r="S41" s="107"/>
     </row>
-    <row r="42" spans="1:19" s="6" customFormat="1" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A42" s="134" t="s">
+    <row r="42" spans="1:19" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A42" s="162" t="s">
         <v>29</v>
       </c>
-      <c r="B42" s="138" t="s">
+      <c r="B42" s="166" t="s">
         <v>30</v>
       </c>
-      <c r="C42" s="136" t="s">
+      <c r="C42" s="164" t="s">
         <v>136</v>
       </c>
       <c r="D42" s="90">
         <f>1/300</f>
         <v>3.3333333333333335E-3</v>
       </c>
       <c r="E42" s="43" t="s">
         <v>201</v>
       </c>
       <c r="F42" s="29"/>
-      <c r="G42" s="140" t="str">
+      <c r="G42" s="168" t="str">
         <f>IF(F42="","",IF(F43="","",IF(F42*D42+F43*D43&lt;1,1,F42*D42+F43*D43)))</f>
         <v/>
       </c>
       <c r="H42" s="7"/>
       <c r="I42" s="107"/>
       <c r="J42" s="107"/>
       <c r="K42" s="107"/>
       <c r="L42" s="107"/>
       <c r="M42" s="107"/>
       <c r="N42" s="107"/>
       <c r="O42" s="107"/>
       <c r="P42" s="107"/>
       <c r="Q42" s="107"/>
       <c r="R42" s="107"/>
       <c r="S42" s="107"/>
     </row>
-    <row r="43" spans="1:19" s="6" customFormat="1" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C43" s="137"/>
+    <row r="43" spans="1:19" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A43" s="163"/>
+      <c r="B43" s="167"/>
+      <c r="C43" s="165"/>
       <c r="D43" s="90">
         <f>1/4</f>
         <v>0.25</v>
       </c>
       <c r="E43" s="43" t="s">
         <v>68</v>
       </c>
       <c r="F43" s="29"/>
-      <c r="G43" s="141"/>
+      <c r="G43" s="169"/>
       <c r="H43" s="8"/>
       <c r="I43" s="107"/>
       <c r="J43" s="107"/>
       <c r="K43" s="107"/>
       <c r="L43" s="107"/>
       <c r="M43" s="107"/>
       <c r="N43" s="107"/>
       <c r="O43" s="107"/>
       <c r="P43" s="107"/>
       <c r="Q43" s="107"/>
       <c r="R43" s="107"/>
       <c r="S43" s="107"/>
     </row>
-    <row r="44" spans="1:19" s="6" customFormat="1" ht="33.75" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:19" s="6" customFormat="1" ht="33.75" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="69" t="s">
         <v>31</v>
       </c>
       <c r="B44" s="46" t="s">
         <v>32</v>
       </c>
       <c r="C44" s="47" t="s">
         <v>57</v>
       </c>
       <c r="D44" s="90">
         <v>1.2500000000000001E-2</v>
       </c>
       <c r="E44" s="43" t="s">
         <v>61</v>
       </c>
       <c r="F44" s="29"/>
       <c r="G44" s="73" t="str">
         <f>IF($F$44="","",$F$44*$D$44)</f>
         <v/>
       </c>
       <c r="H44" s="8"/>
       <c r="I44" s="107"/>
       <c r="J44" s="107"/>
       <c r="K44" s="107"/>
       <c r="L44" s="107"/>
       <c r="M44" s="107"/>
       <c r="N44" s="107"/>
       <c r="O44" s="107"/>
       <c r="P44" s="107"/>
       <c r="Q44" s="107"/>
       <c r="R44" s="107"/>
       <c r="S44" s="107"/>
     </row>
-    <row r="45" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A45" s="69" t="s">
         <v>31</v>
       </c>
       <c r="B45" s="46" t="s">
         <v>32</v>
       </c>
       <c r="C45" s="42" t="s">
         <v>145</v>
       </c>
       <c r="D45" s="90">
         <f>1/300</f>
         <v>3.3333333333333335E-3</v>
       </c>
       <c r="E45" s="43" t="s">
         <v>205</v>
       </c>
       <c r="F45" s="29"/>
       <c r="G45" s="53" t="str">
         <f>IF(F45="","",F45*D45)</f>
         <v/>
       </c>
       <c r="H45" s="8"/>
       <c r="I45" s="107"/>
       <c r="J45" s="107"/>
       <c r="K45" s="107"/>
       <c r="L45" s="107"/>
       <c r="M45" s="107"/>
       <c r="N45" s="107"/>
       <c r="O45" s="107"/>
       <c r="P45" s="107"/>
       <c r="Q45" s="107"/>
       <c r="R45" s="107"/>
       <c r="S45" s="107"/>
     </row>
-    <row r="46" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="46" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A46" s="66" t="s">
         <v>33</v>
       </c>
       <c r="B46" s="50" t="s">
         <v>34</v>
       </c>
       <c r="C46" s="51" t="s">
         <v>58</v>
       </c>
       <c r="D46" s="90">
         <v>2</v>
       </c>
       <c r="E46" s="52" t="s">
         <v>34</v>
       </c>
       <c r="F46" s="33"/>
       <c r="G46" s="53" t="str">
         <f>IF(F46="","",F46*D46)</f>
         <v/>
       </c>
       <c r="H46" s="8"/>
       <c r="I46" s="107"/>
       <c r="J46" s="107"/>
       <c r="K46" s="107"/>
       <c r="L46" s="107"/>
       <c r="M46" s="107"/>
       <c r="N46" s="107"/>
       <c r="O46" s="107"/>
       <c r="P46" s="107"/>
       <c r="Q46" s="107"/>
       <c r="R46" s="107"/>
       <c r="S46" s="107"/>
     </row>
-    <row r="47" spans="1:19" s="6" customFormat="1" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="47" spans="1:19" s="6" customFormat="1" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A47" s="54" t="s">
         <v>35</v>
       </c>
-      <c r="B47" s="129" t="s">
+      <c r="B47" s="133" t="s">
         <v>36</v>
       </c>
-      <c r="C47" s="130"/>
-[...3 lines deleted...]
-      <c r="G47" s="131"/>
+      <c r="C47" s="134"/>
+      <c r="D47" s="134"/>
+      <c r="E47" s="134"/>
+      <c r="F47" s="134"/>
+      <c r="G47" s="135"/>
       <c r="H47" s="8"/>
       <c r="I47" s="107"/>
       <c r="J47" s="107"/>
       <c r="K47" s="107"/>
       <c r="L47" s="107"/>
       <c r="M47" s="107"/>
       <c r="N47" s="107"/>
       <c r="O47" s="107"/>
       <c r="P47" s="107"/>
       <c r="Q47" s="107"/>
       <c r="R47" s="107"/>
       <c r="S47" s="107"/>
     </row>
-    <row r="48" spans="1:19" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:19" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A48" s="68" t="s">
         <v>37</v>
       </c>
       <c r="B48" s="61" t="s">
         <v>146</v>
       </c>
       <c r="C48" s="62" t="s">
         <v>147</v>
       </c>
       <c r="D48" s="90">
         <f>1/15</f>
         <v>6.6666666666666666E-2</v>
       </c>
       <c r="E48" s="39" t="s">
         <v>70</v>
       </c>
       <c r="F48" s="31"/>
       <c r="G48" s="53" t="str">
         <f>IF(F48="","",F48*D48)</f>
         <v/>
       </c>
       <c r="H48" s="7"/>
       <c r="I48" s="107"/>
       <c r="J48" s="107"/>
       <c r="K48" s="107"/>
       <c r="L48" s="107"/>
       <c r="M48" s="107"/>
       <c r="N48" s="107"/>
       <c r="O48" s="107"/>
       <c r="P48" s="107"/>
       <c r="Q48" s="107"/>
       <c r="R48" s="107"/>
       <c r="S48" s="107"/>
     </row>
-    <row r="49" spans="1:19" s="6" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="49" spans="1:19" s="6" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A49" s="66" t="s">
         <v>38</v>
       </c>
       <c r="B49" s="50" t="s">
         <v>148</v>
       </c>
       <c r="C49" s="51" t="s">
         <v>149</v>
       </c>
       <c r="D49" s="90">
         <f>1/20</f>
         <v>0.05</v>
       </c>
       <c r="E49" s="52" t="s">
         <v>70</v>
       </c>
       <c r="F49" s="33"/>
       <c r="G49" s="53" t="str">
         <f>IF($F$49="","",$F$49*$D$49)</f>
         <v/>
       </c>
       <c r="H49" s="7"/>
       <c r="I49" s="107"/>
       <c r="J49" s="107"/>
       <c r="K49" s="107"/>
       <c r="L49" s="107"/>
       <c r="M49" s="107"/>
       <c r="N49" s="107"/>
       <c r="O49" s="107"/>
       <c r="P49" s="107"/>
       <c r="Q49" s="107"/>
       <c r="R49" s="107"/>
       <c r="S49" s="107"/>
     </row>
-    <row r="50" spans="1:19" s="6" customFormat="1" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="50" spans="1:19" s="6" customFormat="1" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A50" s="54" t="s">
         <v>39</v>
       </c>
-      <c r="B50" s="129" t="s">
+      <c r="B50" s="133" t="s">
         <v>40</v>
       </c>
-      <c r="C50" s="130"/>
-[...3 lines deleted...]
-      <c r="G50" s="131"/>
+      <c r="C50" s="134"/>
+      <c r="D50" s="134"/>
+      <c r="E50" s="134"/>
+      <c r="F50" s="134"/>
+      <c r="G50" s="135"/>
       <c r="H50" s="7"/>
       <c r="I50" s="107"/>
       <c r="J50" s="107"/>
       <c r="K50" s="107"/>
       <c r="L50" s="107"/>
       <c r="M50" s="107"/>
       <c r="N50" s="107"/>
       <c r="O50" s="107"/>
       <c r="P50" s="107"/>
       <c r="Q50" s="107"/>
       <c r="R50" s="107"/>
       <c r="S50" s="107"/>
     </row>
-    <row r="51" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="68" t="s">
         <v>41</v>
       </c>
       <c r="B51" s="61" t="s">
         <v>42</v>
       </c>
       <c r="C51" s="62" t="s">
         <v>150</v>
       </c>
       <c r="D51" s="90">
         <f>1/5</f>
         <v>0.2</v>
       </c>
       <c r="E51" s="39" t="s">
         <v>206</v>
       </c>
       <c r="F51" s="31"/>
       <c r="G51" s="53" t="str">
         <f>IF(F51="","",F51*D51)</f>
         <v/>
       </c>
       <c r="H51" s="7"/>
       <c r="I51" s="107"/>
       <c r="J51" s="107"/>
       <c r="K51" s="107"/>
       <c r="L51" s="107"/>
       <c r="M51" s="107"/>
       <c r="N51" s="107"/>
       <c r="O51" s="107"/>
       <c r="P51" s="107"/>
       <c r="Q51" s="107"/>
       <c r="R51" s="107"/>
       <c r="S51" s="107"/>
     </row>
-    <row r="52" spans="1:19" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:19" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A52" s="69" t="s">
         <v>43</v>
       </c>
       <c r="B52" s="46" t="s">
         <v>44</v>
       </c>
       <c r="C52" s="47" t="s">
         <v>151</v>
       </c>
       <c r="D52" s="90">
         <f>1/4</f>
         <v>0.25</v>
       </c>
       <c r="E52" s="43" t="s">
         <v>207</v>
       </c>
       <c r="F52" s="29"/>
       <c r="G52" s="53" t="str">
         <f t="shared" ref="G52" si="3">IF(F52="","",F52*D52)</f>
         <v/>
       </c>
       <c r="H52" s="7"/>
       <c r="I52" s="107"/>
       <c r="J52" s="107"/>
       <c r="K52" s="107"/>
       <c r="L52" s="107"/>
       <c r="M52" s="107"/>
       <c r="N52" s="107"/>
       <c r="O52" s="107"/>
       <c r="P52" s="107"/>
       <c r="Q52" s="107"/>
       <c r="R52" s="107"/>
       <c r="S52" s="107"/>
     </row>
-    <row r="53" spans="1:19" s="6" customFormat="1" ht="42" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="53" spans="1:19" s="6" customFormat="1" ht="43.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A53" s="66" t="s">
         <v>45</v>
       </c>
       <c r="B53" s="50" t="s">
         <v>256</v>
       </c>
       <c r="C53" s="51" t="s">
         <v>258</v>
       </c>
       <c r="D53" s="90">
         <v>0.05</v>
       </c>
       <c r="E53" s="52" t="s">
         <v>208</v>
       </c>
       <c r="F53" s="33"/>
       <c r="G53" s="53" t="str">
         <f>IF(F53="","",IF(F53*D53&lt;1,1,F53*D53))</f>
         <v/>
       </c>
       <c r="H53" s="7"/>
       <c r="I53" s="107"/>
       <c r="J53" s="107"/>
       <c r="K53" s="107"/>
       <c r="L53" s="107"/>
       <c r="M53" s="107"/>
       <c r="N53" s="107"/>
       <c r="O53" s="107"/>
       <c r="P53" s="107"/>
       <c r="Q53" s="107"/>
       <c r="R53" s="107"/>
       <c r="S53" s="107"/>
     </row>
-    <row r="54" spans="1:19" s="6" customFormat="1" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="54" spans="1:19" s="6" customFormat="1" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A54" s="54" t="s">
         <v>47</v>
       </c>
-      <c r="B54" s="129" t="s">
+      <c r="B54" s="133" t="s">
         <v>46</v>
       </c>
-      <c r="C54" s="130"/>
-[...3 lines deleted...]
-      <c r="G54" s="131"/>
+      <c r="C54" s="134"/>
+      <c r="D54" s="134"/>
+      <c r="E54" s="134"/>
+      <c r="F54" s="134"/>
+      <c r="G54" s="135"/>
       <c r="H54" s="7"/>
       <c r="I54" s="107"/>
       <c r="J54" s="107"/>
       <c r="K54" s="107"/>
       <c r="L54" s="107"/>
       <c r="M54" s="107"/>
       <c r="N54" s="107"/>
       <c r="O54" s="107"/>
       <c r="P54" s="107"/>
       <c r="Q54" s="107"/>
       <c r="R54" s="107"/>
       <c r="S54" s="107"/>
     </row>
-    <row r="55" spans="1:19" s="6" customFormat="1" ht="28.2" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="55" spans="1:19" s="6" customFormat="1" ht="29.25" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A55" s="74" t="s">
         <v>48</v>
       </c>
       <c r="B55" s="75" t="s">
         <v>49</v>
       </c>
       <c r="C55" s="51" t="s">
         <v>152</v>
       </c>
       <c r="D55" s="90">
         <f>1/15</f>
         <v>6.6666666666666666E-2</v>
       </c>
       <c r="E55" s="52" t="s">
         <v>200</v>
       </c>
       <c r="F55" s="33"/>
       <c r="G55" s="53" t="str">
         <f>IF(F55="","",F55*D55)</f>
         <v/>
       </c>
       <c r="H55" s="7"/>
       <c r="I55" s="107"/>
       <c r="J55" s="107"/>
       <c r="K55" s="107"/>
       <c r="L55" s="107"/>
       <c r="M55" s="107"/>
       <c r="N55" s="107"/>
       <c r="O55" s="107"/>
       <c r="P55" s="107"/>
       <c r="Q55" s="107"/>
       <c r="R55" s="107"/>
       <c r="S55" s="107"/>
     </row>
-    <row r="56" spans="1:19" s="6" customFormat="1" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="56" spans="1:19" s="6" customFormat="1" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A56" s="54" t="s">
         <v>50</v>
       </c>
-      <c r="B56" s="129" t="s">
+      <c r="B56" s="133" t="s">
         <v>51</v>
       </c>
-      <c r="C56" s="130"/>
-[...3 lines deleted...]
-      <c r="G56" s="131"/>
+      <c r="C56" s="134"/>
+      <c r="D56" s="134"/>
+      <c r="E56" s="134"/>
+      <c r="F56" s="134"/>
+      <c r="G56" s="135"/>
       <c r="H56" s="7"/>
       <c r="I56" s="107"/>
       <c r="J56" s="107"/>
       <c r="K56" s="107"/>
       <c r="L56" s="107"/>
       <c r="M56" s="107"/>
       <c r="N56" s="107"/>
       <c r="O56" s="107"/>
       <c r="P56" s="107"/>
       <c r="Q56" s="107"/>
       <c r="R56" s="107"/>
       <c r="S56" s="107"/>
     </row>
-    <row r="57" spans="1:19" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:19" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
       <c r="A57" s="72" t="s">
         <v>55</v>
       </c>
       <c r="B57" s="61" t="s">
         <v>54</v>
       </c>
       <c r="C57" s="62" t="s">
         <v>59</v>
       </c>
       <c r="D57" s="48">
         <v>0.5</v>
       </c>
       <c r="E57" s="39" t="s">
         <v>63</v>
       </c>
       <c r="F57" s="88"/>
       <c r="G57" s="89" t="str">
         <f>IF($F$57="","",$F$57*$D$57)</f>
         <v/>
       </c>
       <c r="H57" s="7"/>
       <c r="I57" s="107"/>
       <c r="J57" s="107"/>
       <c r="K57" s="107"/>
       <c r="L57" s="107"/>
       <c r="M57" s="107"/>
       <c r="N57" s="107"/>
       <c r="O57" s="107"/>
       <c r="P57" s="107"/>
       <c r="Q57" s="107"/>
       <c r="R57" s="107"/>
       <c r="S57" s="107"/>
     </row>
-    <row r="58" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A58" s="66" t="s">
         <v>52</v>
       </c>
       <c r="B58" s="50" t="s">
         <v>15</v>
       </c>
       <c r="C58" s="51" t="s">
         <v>153</v>
       </c>
       <c r="D58" s="90">
         <f>1/3</f>
         <v>0.33333333333333331</v>
       </c>
       <c r="E58" s="52" t="s">
         <v>209</v>
       </c>
       <c r="F58" s="33"/>
       <c r="G58" s="53" t="str">
         <f>IF(F58="","",F58*D58)</f>
         <v/>
       </c>
       <c r="H58" s="7"/>
       <c r="I58" s="107" t="s">
         <v>268</v>
       </c>
       <c r="J58" s="107"/>
       <c r="K58" s="107"/>
       <c r="L58" s="107"/>
       <c r="M58" s="107"/>
       <c r="N58" s="107"/>
       <c r="O58" s="107"/>
       <c r="P58" s="107"/>
       <c r="Q58" s="107"/>
       <c r="R58" s="107"/>
       <c r="S58" s="107"/>
     </row>
-    <row r="59" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="59" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A59" s="76" t="s">
         <v>53</v>
       </c>
       <c r="B59" s="77" t="s">
         <v>54</v>
       </c>
       <c r="C59" s="78" t="s">
         <v>154</v>
       </c>
       <c r="D59" s="92">
         <f>1/6</f>
         <v>0.16666666666666666</v>
       </c>
       <c r="E59" s="79" t="s">
         <v>210</v>
       </c>
       <c r="F59" s="30"/>
       <c r="G59" s="53" t="str">
         <f>IF(F59="","",F59*D59)</f>
         <v/>
       </c>
       <c r="H59" s="7"/>
       <c r="I59" s="124">
         <f>ROUND(SUM(G31,G33:G36,G38:G40,G42:G46,G48:G49,G51:G53,G55,G58:G59),0)</f>
         <v>0</v>
       </c>
       <c r="J59" s="107"/>
       <c r="K59" s="107"/>
       <c r="L59" s="107"/>
       <c r="M59" s="107"/>
       <c r="N59" s="107"/>
       <c r="O59" s="107"/>
       <c r="P59" s="107"/>
       <c r="Q59" s="107"/>
       <c r="R59" s="107"/>
       <c r="S59" s="107"/>
     </row>
-    <row r="60" spans="1:19" s="6" customFormat="1" ht="39.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A60" s="142" t="s">
+    <row r="60" spans="1:19" s="6" customFormat="1" ht="39.950000000000003" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A60" s="170" t="s">
         <v>98</v>
       </c>
-      <c r="B60" s="143"/>
-[...3 lines deleted...]
-      <c r="F60" s="144"/>
+      <c r="B60" s="171"/>
+      <c r="C60" s="171"/>
+      <c r="D60" s="171"/>
+      <c r="E60" s="171"/>
+      <c r="F60" s="172"/>
       <c r="G60" s="80">
         <f>SUM($G$6:$G$59)</f>
         <v>0</v>
       </c>
       <c r="H60" s="7"/>
       <c r="I60" s="107"/>
       <c r="J60" s="107"/>
       <c r="K60" s="107"/>
       <c r="L60" s="107"/>
       <c r="M60" s="107"/>
       <c r="N60" s="107"/>
       <c r="O60" s="107"/>
       <c r="P60" s="107"/>
       <c r="Q60" s="107"/>
       <c r="R60" s="107"/>
       <c r="S60" s="107"/>
     </row>
-    <row r="61" spans="1:19" s="6" customFormat="1" ht="39.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A61" s="142" t="s">
+    <row r="61" spans="1:19" s="6" customFormat="1" ht="39.950000000000003" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A61" s="170" t="s">
         <v>264</v>
       </c>
-      <c r="B61" s="143"/>
-[...3 lines deleted...]
-      <c r="F61" s="144"/>
+      <c r="B61" s="171"/>
+      <c r="C61" s="171"/>
+      <c r="D61" s="171"/>
+      <c r="E61" s="171"/>
+      <c r="F61" s="172"/>
       <c r="G61" s="80">
         <f>IF(G60=SUM(G8:G11),0,IF((G60-SUM(G8:G11))&gt;=5,ROUNDUP((G60-SUM(G8:G11))/20,0),0))</f>
         <v>0</v>
       </c>
       <c r="H61" s="7"/>
       <c r="I61" s="123" t="str">
         <f>IF(F48="","","ACHTUNG:" &amp; CHAR(10) &amp; "separate Regeln für Veranstaltungsstätten")</f>
         <v/>
       </c>
       <c r="J61" s="107"/>
       <c r="K61" s="107"/>
       <c r="L61" s="107"/>
       <c r="M61" s="107"/>
       <c r="N61" s="107"/>
       <c r="O61" s="107"/>
       <c r="P61" s="107"/>
       <c r="Q61" s="107"/>
       <c r="R61" s="107"/>
       <c r="S61" s="107"/>
     </row>
-    <row r="62" spans="1:19" s="6" customFormat="1" ht="39.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A62" s="145" t="s">
+    <row r="62" spans="1:19" s="6" customFormat="1" ht="39.950000000000003" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A62" s="173" t="s">
         <v>271</v>
       </c>
-      <c r="B62" s="143"/>
-[...3 lines deleted...]
-      <c r="F62" s="144"/>
+      <c r="B62" s="171"/>
+      <c r="C62" s="171"/>
+      <c r="D62" s="171"/>
+      <c r="E62" s="171"/>
+      <c r="F62" s="172"/>
       <c r="G62" s="80">
         <f>IF(SUM(G13:G16)*0.13=0,0,SUM(G13:G16)*0.13)</f>
         <v>0</v>
       </c>
       <c r="H62" s="7"/>
       <c r="I62" s="123"/>
       <c r="J62" s="107"/>
       <c r="K62" s="107"/>
       <c r="L62" s="107"/>
       <c r="M62" s="107"/>
       <c r="N62" s="107"/>
       <c r="O62" s="107"/>
       <c r="P62" s="107"/>
       <c r="Q62" s="107"/>
       <c r="R62" s="107"/>
       <c r="S62" s="107"/>
     </row>
-    <row r="63" spans="1:19" s="6" customFormat="1" ht="39.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A63" s="146" t="s">
+    <row r="63" spans="1:19" s="6" customFormat="1" ht="39.950000000000003" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A63" s="174" t="s">
         <v>266</v>
       </c>
-      <c r="B63" s="147"/>
-      <c r="C63" s="142" t="s">
+      <c r="B63" s="175"/>
+      <c r="C63" s="170" t="s">
         <v>262</v>
       </c>
-      <c r="D63" s="143"/>
-[...1 lines deleted...]
-      <c r="F63" s="144"/>
+      <c r="D63" s="171"/>
+      <c r="E63" s="171"/>
+      <c r="F63" s="172"/>
       <c r="G63" s="80">
         <f>IF(I59&gt;10,1,0)</f>
         <v>0</v>
       </c>
       <c r="H63" s="7"/>
-      <c r="I63" s="132" t="s">
+      <c r="I63" s="182" t="s">
         <v>267</v>
       </c>
       <c r="J63" s="107"/>
       <c r="K63" s="107"/>
       <c r="L63" s="107"/>
       <c r="M63" s="107"/>
       <c r="N63" s="107"/>
       <c r="O63" s="107"/>
       <c r="P63" s="107"/>
       <c r="Q63" s="107"/>
       <c r="R63" s="107"/>
       <c r="S63" s="107"/>
     </row>
-    <row r="64" spans="1:19" s="6" customFormat="1" ht="39.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-      <c r="C64" s="145" t="s">
+    <row r="64" spans="1:19" s="6" customFormat="1" ht="39.950000000000003" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A64" s="176"/>
+      <c r="B64" s="177"/>
+      <c r="C64" s="173" t="s">
         <v>263</v>
       </c>
-      <c r="D64" s="143"/>
-[...1 lines deleted...]
-      <c r="F64" s="144"/>
+      <c r="D64" s="171"/>
+      <c r="E64" s="171"/>
+      <c r="F64" s="172"/>
       <c r="G64" s="80">
         <f>IF(I29&gt;10,I29,0)+IF(I59&gt;10,ROUNDUP(I59/5,0),0)</f>
         <v>0</v>
       </c>
       <c r="H64" s="7"/>
-      <c r="I64" s="132"/>
+      <c r="I64" s="182"/>
       <c r="J64" s="107"/>
       <c r="K64" s="107"/>
       <c r="L64" s="107"/>
       <c r="M64" s="107"/>
       <c r="N64" s="107"/>
       <c r="O64" s="107"/>
       <c r="P64" s="107"/>
       <c r="Q64" s="107"/>
       <c r="R64" s="107"/>
       <c r="S64" s="107"/>
     </row>
-    <row r="65" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="65" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A65" s="98"/>
       <c r="B65" s="98"/>
       <c r="C65" s="98"/>
       <c r="D65" s="98"/>
       <c r="E65" s="98"/>
       <c r="F65" s="98"/>
       <c r="G65" s="99"/>
       <c r="H65" s="7"/>
       <c r="I65" s="122"/>
       <c r="J65" s="107"/>
       <c r="K65" s="107"/>
       <c r="L65" s="107"/>
       <c r="M65" s="107"/>
       <c r="N65" s="107"/>
       <c r="O65" s="107"/>
       <c r="P65" s="107"/>
       <c r="Q65" s="107"/>
       <c r="R65" s="107"/>
       <c r="S65" s="107"/>
     </row>
-    <row r="66" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="66" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C66" s="100" t="s">
         <v>247</v>
       </c>
       <c r="D66" s="10"/>
       <c r="E66" s="11"/>
       <c r="F66" s="11"/>
       <c r="H66" s="7"/>
       <c r="I66" s="107"/>
       <c r="J66" s="107"/>
       <c r="K66" s="107"/>
       <c r="L66" s="107"/>
       <c r="M66" s="107"/>
       <c r="N66" s="107"/>
       <c r="O66" s="107"/>
       <c r="P66" s="107"/>
       <c r="Q66" s="107"/>
       <c r="R66" s="107"/>
       <c r="S66" s="107"/>
     </row>
-    <row r="67" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A67" s="128" t="s">
+    <row r="67" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A67" s="181" t="s">
         <v>84</v>
       </c>
-      <c r="B67" s="128"/>
-[...4 lines deleted...]
-      <c r="G67" s="128"/>
+      <c r="B67" s="181"/>
+      <c r="C67" s="181"/>
+      <c r="D67" s="181"/>
+      <c r="E67" s="181"/>
+      <c r="F67" s="181"/>
+      <c r="G67" s="181"/>
       <c r="I67" s="110"/>
       <c r="J67" s="110"/>
       <c r="K67" s="110"/>
       <c r="L67" s="110"/>
       <c r="M67" s="110"/>
       <c r="N67" s="107"/>
       <c r="O67" s="107"/>
       <c r="P67" s="107"/>
       <c r="Q67" s="107"/>
       <c r="R67" s="107"/>
       <c r="S67" s="107"/>
     </row>
-    <row r="68" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="68" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A68" s="12" t="s">
         <v>66</v>
       </c>
       <c r="B68" s="13"/>
       <c r="C68" s="13"/>
       <c r="D68" s="14"/>
       <c r="E68" s="13"/>
       <c r="F68" s="12"/>
       <c r="G68" s="12"/>
       <c r="H68" s="9"/>
       <c r="I68" s="110"/>
       <c r="J68" s="110"/>
       <c r="K68" s="110"/>
       <c r="L68" s="107"/>
       <c r="M68" s="107"/>
       <c r="N68" s="107"/>
       <c r="O68" s="110"/>
       <c r="P68" s="110"/>
       <c r="Q68" s="107"/>
       <c r="R68" s="107"/>
       <c r="S68" s="107"/>
     </row>
-    <row r="69" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="69" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A69" s="15" t="s">
         <v>67</v>
       </c>
       <c r="B69" s="15" t="s">
         <v>85</v>
       </c>
-      <c r="C69" s="126" t="s">
+      <c r="C69" s="178" t="s">
         <v>265</v>
       </c>
-      <c r="D69" s="126"/>
-[...1 lines deleted...]
-      <c r="F69" s="126"/>
+      <c r="D69" s="178"/>
+      <c r="E69" s="178"/>
+      <c r="F69" s="178"/>
       <c r="G69" s="12"/>
       <c r="H69" s="11"/>
       <c r="I69" s="110"/>
       <c r="J69" s="110"/>
       <c r="K69" s="110"/>
       <c r="L69" s="107"/>
       <c r="M69" s="107"/>
       <c r="N69" s="107"/>
       <c r="O69" s="110"/>
       <c r="P69" s="110"/>
       <c r="Q69" s="107"/>
       <c r="R69" s="107"/>
       <c r="S69" s="107"/>
     </row>
-    <row r="70" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="70" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A70" s="17" t="s">
         <v>68</v>
       </c>
       <c r="B70" s="15" t="s">
         <v>86</v>
       </c>
-      <c r="C70" s="126"/>
-[...2 lines deleted...]
-      <c r="F70" s="126"/>
+      <c r="C70" s="178"/>
+      <c r="D70" s="178"/>
+      <c r="E70" s="178"/>
+      <c r="F70" s="178"/>
       <c r="G70" s="12"/>
       <c r="H70" s="11"/>
       <c r="I70" s="110"/>
       <c r="J70" s="110"/>
       <c r="K70" s="110"/>
       <c r="L70" s="107"/>
       <c r="M70" s="107"/>
       <c r="N70" s="107"/>
       <c r="O70" s="110"/>
       <c r="P70" s="110"/>
       <c r="Q70" s="107"/>
       <c r="R70" s="107"/>
       <c r="S70" s="107"/>
     </row>
-    <row r="71" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="71" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A71" s="15" t="s">
         <v>69</v>
       </c>
       <c r="B71" s="15" t="s">
         <v>87</v>
       </c>
-      <c r="C71" s="126"/>
-[...2 lines deleted...]
-      <c r="F71" s="126"/>
+      <c r="C71" s="178"/>
+      <c r="D71" s="178"/>
+      <c r="E71" s="178"/>
+      <c r="F71" s="178"/>
       <c r="G71" s="12"/>
       <c r="H71" s="11"/>
       <c r="I71" s="110"/>
       <c r="J71" s="110"/>
       <c r="K71" s="110"/>
       <c r="L71" s="107"/>
       <c r="M71" s="107"/>
       <c r="N71" s="107"/>
       <c r="O71" s="110"/>
       <c r="P71" s="110"/>
       <c r="Q71" s="107"/>
       <c r="R71" s="107"/>
       <c r="S71" s="107"/>
     </row>
-    <row r="72" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="72" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A72" s="15" t="s">
         <v>70</v>
       </c>
       <c r="B72" s="15" t="s">
         <v>88</v>
       </c>
-      <c r="C72" s="126" t="s">
+      <c r="C72" s="178" t="s">
         <v>273</v>
       </c>
-      <c r="D72" s="126"/>
-[...1 lines deleted...]
-      <c r="F72" s="126"/>
+      <c r="D72" s="178"/>
+      <c r="E72" s="178"/>
+      <c r="F72" s="178"/>
       <c r="G72" s="12"/>
       <c r="H72" s="11"/>
       <c r="I72" s="110"/>
       <c r="J72" s="110"/>
       <c r="K72" s="110"/>
       <c r="L72" s="107"/>
       <c r="M72" s="107"/>
       <c r="N72" s="107"/>
       <c r="O72" s="110"/>
       <c r="P72" s="110"/>
       <c r="Q72" s="107"/>
       <c r="R72" s="107"/>
       <c r="S72" s="107"/>
     </row>
-    <row r="73" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="73" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A73" s="15" t="s">
         <v>71</v>
       </c>
       <c r="B73" s="15" t="s">
         <v>89</v>
       </c>
-      <c r="C73" s="126"/>
-[...2 lines deleted...]
-      <c r="F73" s="126"/>
+      <c r="C73" s="178"/>
+      <c r="D73" s="178"/>
+      <c r="E73" s="178"/>
+      <c r="F73" s="178"/>
       <c r="G73" s="12"/>
       <c r="H73" s="11"/>
       <c r="I73" s="110"/>
       <c r="J73" s="110"/>
       <c r="K73" s="110"/>
       <c r="L73" s="107"/>
       <c r="M73" s="107"/>
       <c r="N73" s="107"/>
       <c r="O73" s="110"/>
       <c r="P73" s="110"/>
       <c r="Q73" s="107"/>
       <c r="R73" s="107"/>
       <c r="S73" s="107"/>
     </row>
-    <row r="74" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A74" s="15" t="s">
         <v>72</v>
       </c>
       <c r="B74" s="15" t="s">
         <v>90</v>
       </c>
-      <c r="C74" s="126"/>
-[...2 lines deleted...]
-      <c r="F74" s="126"/>
+      <c r="C74" s="178"/>
+      <c r="D74" s="178"/>
+      <c r="E74" s="178"/>
+      <c r="F74" s="178"/>
       <c r="G74" s="12"/>
       <c r="H74" s="11"/>
       <c r="I74" s="110"/>
       <c r="J74" s="110"/>
       <c r="K74" s="110"/>
       <c r="L74" s="107"/>
       <c r="M74" s="107"/>
       <c r="N74" s="107"/>
       <c r="O74" s="110"/>
       <c r="P74" s="110"/>
       <c r="Q74" s="107"/>
       <c r="R74" s="107"/>
       <c r="S74" s="107"/>
     </row>
-    <row r="75" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="75" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A75" s="15" t="s">
         <v>73</v>
       </c>
       <c r="B75" s="15" t="s">
         <v>91</v>
       </c>
-      <c r="C75" s="125" t="s">
+      <c r="C75" s="179" t="s">
         <v>272</v>
       </c>
-      <c r="D75" s="125"/>
-      <c r="E75" s="125"/>
+      <c r="D75" s="179"/>
+      <c r="E75" s="179"/>
       <c r="G75" s="12"/>
       <c r="H75" s="11"/>
       <c r="I75" s="110"/>
       <c r="J75" s="110"/>
       <c r="K75" s="110"/>
       <c r="L75" s="107"/>
       <c r="M75" s="107"/>
       <c r="N75" s="107"/>
       <c r="O75" s="110"/>
       <c r="P75" s="110"/>
       <c r="Q75" s="107"/>
       <c r="R75" s="107"/>
       <c r="S75" s="107"/>
     </row>
-    <row r="76" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="76" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A76" s="15" t="s">
         <v>74</v>
       </c>
       <c r="B76" s="15" t="s">
         <v>92</v>
       </c>
-      <c r="C76" s="125"/>
-[...1 lines deleted...]
-      <c r="E76" s="125"/>
+      <c r="C76" s="179"/>
+      <c r="D76" s="179"/>
+      <c r="E76" s="179"/>
       <c r="G76" s="12"/>
       <c r="H76" s="11"/>
       <c r="I76" s="111"/>
       <c r="J76" s="111"/>
       <c r="K76" s="111"/>
       <c r="L76" s="107"/>
       <c r="M76" s="107"/>
       <c r="N76" s="107"/>
       <c r="O76" s="110"/>
       <c r="P76" s="110"/>
       <c r="Q76" s="107"/>
       <c r="R76" s="107"/>
       <c r="S76" s="107"/>
     </row>
-    <row r="77" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="77" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A77" s="15" t="s">
         <v>75</v>
       </c>
       <c r="B77" s="15" t="s">
         <v>93</v>
       </c>
       <c r="G77" s="15"/>
       <c r="H77" s="11"/>
       <c r="I77" s="111"/>
       <c r="J77" s="111"/>
       <c r="K77" s="111"/>
       <c r="L77" s="107"/>
       <c r="M77" s="107"/>
       <c r="N77" s="107"/>
       <c r="O77" s="111"/>
       <c r="P77" s="111"/>
       <c r="Q77" s="107"/>
       <c r="R77" s="107"/>
       <c r="S77" s="107"/>
     </row>
-    <row r="78" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="78" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A78" s="104" t="s">
         <v>76</v>
       </c>
       <c r="B78" s="104" t="s">
         <v>253</v>
       </c>
       <c r="C78" s="105"/>
       <c r="D78" s="106"/>
       <c r="E78" s="105"/>
       <c r="F78" s="104"/>
       <c r="G78" s="104"/>
       <c r="H78" s="11"/>
       <c r="I78" s="111"/>
       <c r="J78" s="111"/>
       <c r="K78" s="111"/>
       <c r="L78" s="107"/>
       <c r="M78" s="107"/>
       <c r="N78" s="107"/>
       <c r="O78" s="111"/>
       <c r="P78" s="111"/>
       <c r="Q78" s="107"/>
       <c r="R78" s="107"/>
       <c r="S78" s="107"/>
     </row>
-    <row r="79" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="79" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A79" s="104" t="s">
         <v>77</v>
       </c>
       <c r="B79" s="104" t="s">
         <v>94</v>
       </c>
       <c r="G79" s="104"/>
       <c r="H79" s="97"/>
       <c r="I79" s="111"/>
       <c r="J79" s="111"/>
       <c r="K79" s="111"/>
       <c r="L79" s="107"/>
       <c r="M79" s="107"/>
       <c r="N79" s="107"/>
       <c r="O79" s="111"/>
       <c r="P79" s="111"/>
       <c r="Q79" s="107"/>
       <c r="R79" s="107"/>
       <c r="S79" s="107"/>
     </row>
-    <row r="80" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="80" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A80" s="104" t="s">
         <v>78</v>
       </c>
       <c r="B80" s="104" t="s">
         <v>249</v>
       </c>
       <c r="G80" s="104"/>
       <c r="H80" s="97"/>
       <c r="I80" s="111"/>
       <c r="J80" s="111"/>
       <c r="K80" s="111"/>
       <c r="L80" s="107"/>
       <c r="M80" s="107"/>
       <c r="N80" s="107"/>
       <c r="O80" s="111"/>
       <c r="P80" s="111"/>
       <c r="Q80" s="107"/>
       <c r="R80" s="107"/>
       <c r="S80" s="107"/>
     </row>
-    <row r="81" spans="1:28" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="81" spans="1:28" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A81" s="104" t="s">
         <v>79</v>
       </c>
       <c r="B81" s="104" t="s">
         <v>95</v>
       </c>
       <c r="G81" s="104"/>
       <c r="H81" s="97"/>
       <c r="I81" s="111"/>
       <c r="J81" s="111"/>
       <c r="K81" s="111"/>
       <c r="L81" s="107"/>
       <c r="M81" s="107"/>
       <c r="N81" s="107"/>
       <c r="O81" s="111"/>
       <c r="P81" s="111"/>
       <c r="Q81" s="107"/>
       <c r="R81" s="107"/>
       <c r="S81" s="107"/>
     </row>
-    <row r="82" spans="1:28" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="82" spans="1:28" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A82" s="104" t="s">
         <v>80</v>
       </c>
       <c r="B82" s="104" t="s">
         <v>96</v>
       </c>
       <c r="C82" s="105"/>
       <c r="D82" s="106"/>
       <c r="E82" s="105"/>
       <c r="F82" s="104"/>
       <c r="G82" s="104"/>
       <c r="H82" s="97"/>
       <c r="I82" s="112"/>
       <c r="J82" s="111"/>
       <c r="K82" s="111"/>
       <c r="L82" s="107"/>
       <c r="M82" s="107"/>
       <c r="N82" s="107"/>
       <c r="O82" s="111"/>
       <c r="P82" s="111"/>
       <c r="Q82" s="107"/>
       <c r="R82" s="107"/>
       <c r="S82" s="107"/>
     </row>
-    <row r="83" spans="1:28" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="83" spans="1:28" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A83" s="104" t="s">
         <v>81</v>
       </c>
       <c r="B83" s="104" t="s">
         <v>97</v>
       </c>
       <c r="C83" s="105"/>
       <c r="D83" s="106"/>
       <c r="E83" s="105"/>
       <c r="F83" s="104"/>
       <c r="G83" s="104"/>
       <c r="H83" s="97"/>
       <c r="I83" s="111"/>
       <c r="J83" s="111"/>
       <c r="K83" s="111"/>
       <c r="L83" s="107"/>
       <c r="M83" s="107"/>
       <c r="N83" s="107"/>
       <c r="O83" s="111"/>
       <c r="P83" s="111"/>
       <c r="Q83" s="107"/>
       <c r="R83" s="107"/>
       <c r="S83" s="107"/>
     </row>
-    <row r="84" spans="1:28" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="84" spans="1:28" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A84" s="104" t="s">
         <v>82</v>
       </c>
       <c r="B84" s="104" t="s">
         <v>254</v>
       </c>
       <c r="C84" s="105"/>
       <c r="D84" s="106"/>
       <c r="E84" s="105"/>
       <c r="F84" s="104"/>
       <c r="G84" s="104"/>
       <c r="H84" s="97"/>
       <c r="I84" s="104"/>
       <c r="J84" s="111"/>
       <c r="K84" s="111"/>
       <c r="L84" s="107"/>
       <c r="M84" s="107"/>
       <c r="N84" s="107"/>
       <c r="O84" s="111"/>
       <c r="P84" s="111"/>
       <c r="Q84" s="107"/>
       <c r="R84" s="107"/>
       <c r="S84" s="107"/>
     </row>
-    <row r="85" spans="1:28" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="85" spans="1:28" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A85" s="104" t="s">
         <v>83</v>
       </c>
       <c r="B85" s="104" t="s">
         <v>270</v>
       </c>
       <c r="C85" s="105"/>
       <c r="D85" s="105"/>
       <c r="E85" s="106"/>
       <c r="F85" s="104"/>
       <c r="G85" s="106"/>
       <c r="H85" s="97"/>
       <c r="I85" s="111"/>
       <c r="J85" s="111"/>
       <c r="K85" s="111"/>
       <c r="L85" s="107"/>
       <c r="M85" s="107"/>
       <c r="N85" s="107"/>
       <c r="O85" s="111"/>
       <c r="P85" s="111"/>
       <c r="Q85" s="107"/>
       <c r="R85" s="107"/>
       <c r="S85" s="107"/>
     </row>
-    <row r="86" spans="1:28" s="6" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="86" spans="1:28" s="6" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A86" s="107"/>
       <c r="B86" s="107"/>
       <c r="C86" s="107"/>
       <c r="D86" s="107"/>
       <c r="E86" s="107"/>
       <c r="F86" s="107"/>
       <c r="G86" s="107"/>
       <c r="H86" s="97"/>
       <c r="I86" s="107"/>
       <c r="J86" s="107"/>
       <c r="K86" s="107"/>
       <c r="L86" s="107"/>
       <c r="M86" s="107"/>
       <c r="N86" s="107"/>
       <c r="O86" s="113"/>
       <c r="P86" s="113"/>
       <c r="Q86" s="113"/>
       <c r="R86" s="113"/>
       <c r="S86" s="113"/>
       <c r="T86" s="10"/>
       <c r="U86" s="10"/>
       <c r="V86" s="10"/>
       <c r="W86" s="10"/>
       <c r="X86" s="10"/>
       <c r="Y86" s="10"/>
       <c r="Z86" s="10"/>
       <c r="AA86" s="10"/>
       <c r="AB86" s="10"/>
     </row>
-    <row r="87" spans="1:28" s="6" customFormat="1" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A87" s="133" t="s">
+    <row r="87" spans="1:28" s="6" customFormat="1" ht="32.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A87" s="161" t="s">
         <v>255</v>
       </c>
-      <c r="B87" s="133"/>
-[...4 lines deleted...]
-      <c r="G87" s="133"/>
+      <c r="B87" s="161"/>
+      <c r="C87" s="161"/>
+      <c r="D87" s="161"/>
+      <c r="E87" s="161"/>
+      <c r="F87" s="161"/>
+      <c r="G87" s="161"/>
       <c r="I87" s="107"/>
       <c r="J87" s="107"/>
       <c r="K87" s="107"/>
       <c r="L87" s="107"/>
       <c r="M87" s="107"/>
       <c r="N87" s="107"/>
       <c r="O87" s="107"/>
       <c r="P87" s="107"/>
       <c r="Q87" s="107"/>
       <c r="R87" s="107"/>
       <c r="S87" s="107"/>
     </row>
-    <row r="88" spans="1:28" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="88" spans="1:28" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A88" s="101"/>
       <c r="B88" s="101"/>
       <c r="C88" s="101"/>
       <c r="D88" s="101"/>
       <c r="E88" s="101"/>
       <c r="F88" s="101"/>
       <c r="G88" s="101"/>
       <c r="I88" s="107"/>
       <c r="J88" s="107"/>
       <c r="K88" s="107"/>
       <c r="L88" s="107"/>
       <c r="M88" s="107"/>
       <c r="N88" s="107"/>
       <c r="O88" s="107"/>
       <c r="P88" s="107"/>
       <c r="Q88" s="107"/>
       <c r="R88" s="107"/>
       <c r="S88" s="107"/>
     </row>
-    <row r="89" spans="1:28" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="89" spans="1:28" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B89" s="19"/>
       <c r="C89" s="20"/>
       <c r="D89" s="19"/>
       <c r="E89" s="19"/>
       <c r="F89" s="19"/>
       <c r="G89" s="20"/>
       <c r="I89" s="107"/>
       <c r="J89" s="107"/>
       <c r="K89" s="107"/>
       <c r="L89" s="107"/>
       <c r="M89" s="107"/>
       <c r="N89" s="107"/>
       <c r="O89" s="107"/>
       <c r="P89" s="107"/>
       <c r="Q89" s="107"/>
       <c r="R89" s="107"/>
       <c r="S89" s="107"/>
     </row>
-    <row r="90" spans="1:28" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="90" spans="1:28" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B90" s="23"/>
       <c r="C90" s="24"/>
       <c r="D90" s="9"/>
       <c r="E90" s="17"/>
       <c r="F90" s="25"/>
       <c r="G90" s="9"/>
       <c r="I90" s="107"/>
       <c r="J90" s="107"/>
       <c r="K90" s="107"/>
       <c r="L90" s="107"/>
       <c r="M90" s="107"/>
       <c r="N90" s="107"/>
       <c r="O90" s="107"/>
       <c r="P90" s="107"/>
       <c r="Q90" s="107"/>
       <c r="R90" s="107"/>
       <c r="S90" s="107"/>
     </row>
-    <row r="91" spans="1:28" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="91" spans="1:28" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B91" s="23"/>
       <c r="C91" s="24"/>
       <c r="D91" s="9"/>
       <c r="E91" s="17"/>
       <c r="F91" s="25"/>
       <c r="G91" s="9"/>
       <c r="H91" s="20"/>
       <c r="I91" s="114"/>
       <c r="J91" s="115"/>
       <c r="K91" s="115"/>
       <c r="L91" s="115"/>
       <c r="M91" s="115"/>
       <c r="N91" s="116"/>
       <c r="O91" s="116"/>
       <c r="P91" s="116"/>
       <c r="Q91" s="116"/>
       <c r="R91" s="107"/>
       <c r="S91" s="107"/>
     </row>
-    <row r="92" spans="1:28" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="92" spans="1:28" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B92" s="23"/>
       <c r="C92" s="24"/>
       <c r="D92" s="9"/>
       <c r="E92" s="17"/>
       <c r="F92" s="25"/>
       <c r="G92" s="9"/>
       <c r="H92" s="9"/>
       <c r="I92" s="107"/>
       <c r="J92" s="107"/>
       <c r="K92" s="107"/>
       <c r="L92" s="107"/>
       <c r="M92" s="107"/>
       <c r="N92" s="107"/>
       <c r="O92" s="107"/>
       <c r="P92" s="107"/>
       <c r="Q92" s="107"/>
       <c r="R92" s="107"/>
       <c r="S92" s="107"/>
     </row>
-    <row r="93" spans="1:28" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="93" spans="1:28" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B93" s="23"/>
       <c r="C93" s="24"/>
       <c r="D93" s="9"/>
       <c r="E93" s="17"/>
       <c r="F93" s="25"/>
       <c r="G93" s="9"/>
       <c r="H93" s="9"/>
       <c r="I93" s="107"/>
       <c r="J93" s="107"/>
       <c r="K93" s="107"/>
       <c r="L93" s="107"/>
       <c r="M93" s="107"/>
       <c r="N93" s="107"/>
       <c r="O93" s="107"/>
       <c r="P93" s="107"/>
       <c r="Q93" s="107"/>
       <c r="R93" s="107"/>
       <c r="S93" s="107"/>
     </row>
-    <row r="94" spans="1:28" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="94" spans="1:28" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A94" s="3"/>
       <c r="B94" s="26"/>
       <c r="C94" s="24"/>
       <c r="D94" s="27"/>
       <c r="E94" s="28"/>
       <c r="F94" s="25"/>
       <c r="G94" s="27"/>
       <c r="H94" s="9"/>
       <c r="I94" s="107"/>
       <c r="J94" s="107"/>
       <c r="K94" s="107"/>
       <c r="L94" s="107"/>
       <c r="M94" s="107"/>
       <c r="N94" s="107"/>
       <c r="O94" s="107"/>
       <c r="P94" s="107"/>
       <c r="Q94" s="107"/>
       <c r="R94" s="107"/>
       <c r="S94" s="107"/>
     </row>
-    <row r="95" spans="1:28" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="95" spans="1:28" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A95" s="3"/>
       <c r="B95" s="26"/>
       <c r="C95" s="24"/>
       <c r="D95" s="27"/>
       <c r="E95" s="28"/>
       <c r="F95" s="25"/>
       <c r="G95" s="27"/>
       <c r="H95" s="9"/>
       <c r="I95" s="107"/>
       <c r="J95" s="107"/>
       <c r="K95" s="107"/>
       <c r="L95" s="107"/>
       <c r="M95" s="107"/>
       <c r="N95" s="107"/>
       <c r="O95" s="107"/>
       <c r="P95" s="107"/>
       <c r="Q95" s="107"/>
       <c r="R95" s="107"/>
       <c r="S95" s="107"/>
     </row>
   </sheetData>
   <sheetProtection password="DD2A" sheet="1" selectLockedCells="1"/>
   <mergeCells count="43">
-    <mergeCell ref="D4:D5"/>
-[...13 lines deleted...]
-    <mergeCell ref="B18:G18"/>
+    <mergeCell ref="C75:E76"/>
+    <mergeCell ref="C72:F74"/>
+    <mergeCell ref="I8:I11"/>
+    <mergeCell ref="I13:I16"/>
+    <mergeCell ref="A67:G67"/>
+    <mergeCell ref="I19:I22"/>
+    <mergeCell ref="I24:I27"/>
+    <mergeCell ref="B37:G37"/>
+    <mergeCell ref="B41:G41"/>
+    <mergeCell ref="B32:G32"/>
+    <mergeCell ref="B30:G30"/>
+    <mergeCell ref="I63:I64"/>
     <mergeCell ref="A87:G87"/>
     <mergeCell ref="A42:A43"/>
     <mergeCell ref="C42:C43"/>
     <mergeCell ref="B42:B43"/>
     <mergeCell ref="G42:G43"/>
     <mergeCell ref="A60:F60"/>
     <mergeCell ref="B56:G56"/>
     <mergeCell ref="B54:G54"/>
     <mergeCell ref="A61:F61"/>
     <mergeCell ref="C63:F63"/>
     <mergeCell ref="C64:F64"/>
     <mergeCell ref="A63:B64"/>
     <mergeCell ref="A62:F62"/>
     <mergeCell ref="C69:F71"/>
     <mergeCell ref="B50:G50"/>
     <mergeCell ref="B47:G47"/>
-    <mergeCell ref="C75:E76"/>
-[...10 lines deleted...]
-    <mergeCell ref="I63:I64"/>
+    <mergeCell ref="B7:G7"/>
+    <mergeCell ref="B12:G12"/>
+    <mergeCell ref="B23:G23"/>
+    <mergeCell ref="B17:G17"/>
+    <mergeCell ref="B18:G18"/>
+    <mergeCell ref="A1:G1"/>
+    <mergeCell ref="A3:B3"/>
+    <mergeCell ref="A2:B2"/>
+    <mergeCell ref="E2:G2"/>
+    <mergeCell ref="E3:G3"/>
+    <mergeCell ref="D4:D5"/>
+    <mergeCell ref="E4:F4"/>
+    <mergeCell ref="G4:G5"/>
+    <mergeCell ref="C4:C5"/>
+    <mergeCell ref="B6:G6"/>
   </mergeCells>
-  <conditionalFormatting sqref="G60:G65">
-[...3 lines deleted...]
-  </conditionalFormatting>
   <conditionalFormatting sqref="G8:G11">
-    <cfRule type="cellIs" dxfId="208" priority="52" operator="equal">
+    <cfRule type="notContainsText" dxfId="170" priority="54" operator="notContains" text="Eingabe bei Pkt. 1.2">
+      <formula>ISERROR(SEARCH("Eingabe bei Pkt. 1.2",G8))</formula>
+    </cfRule>
+    <cfRule type="cellIs" dxfId="169" priority="52" operator="equal">
       <formula>""</formula>
     </cfRule>
-    <cfRule type="notContainsText" dxfId="207" priority="54" operator="notContains" text="Eingabe bei Pkt. 1.2">
-[...2 lines deleted...]
-    <cfRule type="containsText" dxfId="206" priority="56" operator="containsText" text="Eingabe bei Pkt. 1.2">
+    <cfRule type="containsText" dxfId="168" priority="56" operator="containsText" text="Eingabe bei Pkt. 1.2">
       <formula>NOT(ISERROR(SEARCH("Eingabe bei Pkt. 1.2",G8)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G13:G16">
-    <cfRule type="cellIs" dxfId="205" priority="48" operator="equal">
+    <cfRule type="cellIs" dxfId="167" priority="48" operator="equal">
       <formula>""</formula>
     </cfRule>
-    <cfRule type="notContainsText" dxfId="204" priority="49" operator="notContains" text="Eingabe bei Pkt. 1.1">
+    <cfRule type="containsText" dxfId="166" priority="50" operator="containsText" text="Eingabe bei Pkt. 1.1">
+      <formula>NOT(ISERROR(SEARCH("Eingabe bei Pkt. 1.1",G13)))</formula>
+    </cfRule>
+    <cfRule type="notContainsText" dxfId="165" priority="49" operator="notContains" text="Eingabe bei Pkt. 1.1">
       <formula>ISERROR(SEARCH("Eingabe bei Pkt. 1.1",G13))</formula>
-    </cfRule>
-[...1 lines deleted...]
-      <formula>NOT(ISERROR(SEARCH("Eingabe bei Pkt. 1.1",G13)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G19:G22">
-    <cfRule type="cellIs" dxfId="202" priority="45" operator="equal">
+    <cfRule type="containsText" dxfId="164" priority="47" operator="containsText" text="Eingabe bei Pkt. 1.3.2">
+      <formula>NOT(ISERROR(SEARCH("Eingabe bei Pkt. 1.3.2",G19)))</formula>
+    </cfRule>
+    <cfRule type="notContainsText" dxfId="163" priority="46" operator="notContains" text="Eingabe bei Pkt. 1.3.2">
+      <formula>ISERROR(SEARCH("Eingabe bei Pkt. 1.3.2",G19))</formula>
+    </cfRule>
+    <cfRule type="cellIs" dxfId="162" priority="45" operator="equal">
       <formula>""</formula>
-    </cfRule>
-[...4 lines deleted...]
-      <formula>NOT(ISERROR(SEARCH("Eingabe bei Pkt. 1.3.2",G19)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G24:G27">
-    <cfRule type="cellIs" dxfId="199" priority="42" operator="equal">
+    <cfRule type="containsText" dxfId="161" priority="44" operator="containsText" text="Eingabe bei Pkt. 1.3.1">
+      <formula>NOT(ISERROR(SEARCH("Eingabe bei Pkt. 1.3.1",G24)))</formula>
+    </cfRule>
+    <cfRule type="notContainsText" dxfId="160" priority="43" operator="notContains" text="Eingabe bei Pkt. 1.3.1">
+      <formula>ISERROR(SEARCH("Eingabe bei Pkt. 1.3.1",G24))</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="G24:G29">
+    <cfRule type="cellIs" dxfId="159" priority="38" operator="equal">
       <formula>""</formula>
     </cfRule>
-    <cfRule type="notContainsText" dxfId="198" priority="43" operator="notContains" text="Eingabe bei Pkt. 1.3.1">
-[...4 lines deleted...]
-    </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="G28">
-[...11 lines deleted...]
-    <cfRule type="cellIs" dxfId="193" priority="39" operator="notEqual">
+  <conditionalFormatting sqref="G28:G29">
+    <cfRule type="cellIs" dxfId="158" priority="39" operator="notEqual">
       <formula>""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G31">
-    <cfRule type="cellIs" dxfId="192" priority="36" operator="equal">
+    <cfRule type="cellIs" dxfId="157" priority="37" operator="notEqual">
       <formula>""</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="191" priority="37" operator="notEqual">
+    <cfRule type="cellIs" dxfId="156" priority="36" operator="equal">
       <formula>""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G33:G36">
-    <cfRule type="cellIs" dxfId="190" priority="32" operator="equal">
+    <cfRule type="cellIs" dxfId="155" priority="33" operator="notEqual">
       <formula>""</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="189" priority="33" operator="notEqual">
+    <cfRule type="cellIs" dxfId="154" priority="32" operator="equal">
       <formula>""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G38:G40">
-    <cfRule type="cellIs" dxfId="188" priority="30" operator="equal">
+    <cfRule type="cellIs" dxfId="153" priority="31" operator="notEqual">
       <formula>""</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="187" priority="31" operator="notEqual">
+    <cfRule type="cellIs" dxfId="152" priority="30" operator="equal">
       <formula>""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G42:G43">
-    <cfRule type="cellIs" dxfId="186" priority="28" operator="equal">
+    <cfRule type="cellIs" dxfId="151" priority="29" operator="notEqual">
       <formula>""</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="185" priority="29" operator="notEqual">
+    <cfRule type="cellIs" dxfId="150" priority="28" operator="equal">
       <formula>""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G45:G46">
-    <cfRule type="cellIs" dxfId="184" priority="26" operator="equal">
+    <cfRule type="cellIs" dxfId="149" priority="27" operator="notEqual">
       <formula>""</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="183" priority="27" operator="notEqual">
+    <cfRule type="cellIs" dxfId="148" priority="26" operator="equal">
       <formula>""</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="G48">
-    <cfRule type="cellIs" dxfId="182" priority="24" operator="equal">
+  <conditionalFormatting sqref="G48:G49">
+    <cfRule type="cellIs" dxfId="147" priority="22" operator="equal">
       <formula>""</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="181" priority="25" operator="notEqual">
+    <cfRule type="cellIs" dxfId="146" priority="23" operator="notEqual">
       <formula>""</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="G49">
-    <cfRule type="cellIs" dxfId="180" priority="22" operator="equal">
+  <conditionalFormatting sqref="G51:G53">
+    <cfRule type="cellIs" dxfId="145" priority="19" operator="notEqual">
       <formula>""</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="179" priority="23" operator="notEqual">
-[...15 lines deleted...]
-    <cfRule type="cellIs" dxfId="175" priority="19" operator="notEqual">
+    <cfRule type="cellIs" dxfId="144" priority="18" operator="equal">
       <formula>""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G55">
-    <cfRule type="cellIs" dxfId="174" priority="16" operator="equal">
+    <cfRule type="cellIs" dxfId="143" priority="16" operator="equal">
       <formula>""</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="173" priority="17" operator="notEqual">
+    <cfRule type="cellIs" dxfId="142" priority="17" operator="notEqual">
       <formula>""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G58:G59">
-    <cfRule type="cellIs" dxfId="172" priority="14" operator="equal">
+    <cfRule type="cellIs" dxfId="141" priority="15" operator="notEqual">
       <formula>""</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="171" priority="15" operator="notEqual">
+    <cfRule type="cellIs" dxfId="140" priority="14" operator="equal">
       <formula>""</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="G60:G65">
+    <cfRule type="cellIs" dxfId="139" priority="55" operator="greaterThan">
+      <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I8">
-    <cfRule type="cellIs" dxfId="170" priority="11" operator="equal">
+    <cfRule type="containsText" dxfId="138" priority="13" operator="containsText" text="Eingabe bei Pkt. 1.2">
+      <formula>NOT(ISERROR(SEARCH("Eingabe bei Pkt. 1.2",I8)))</formula>
+    </cfRule>
+    <cfRule type="cellIs" dxfId="137" priority="11" operator="equal">
       <formula>""</formula>
-    </cfRule>
-[...1 lines deleted...]
-      <formula>NOT(ISERROR(SEARCH("Eingabe bei Pkt. 1.2",I8)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I13">
-    <cfRule type="cellIs" dxfId="168" priority="9" operator="equal">
+    <cfRule type="cellIs" dxfId="136" priority="9" operator="equal">
       <formula>""</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="167" priority="10" operator="containsText" text="Eingabe bei Pkt. 1.1">
+    <cfRule type="containsText" dxfId="135" priority="10" operator="containsText" text="Eingabe bei Pkt. 1.1">
       <formula>NOT(ISERROR(SEARCH("Eingabe bei Pkt. 1.1",I13)))</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="I19">
+    <cfRule type="cellIs" dxfId="134" priority="3" operator="equal">
+      <formula>""</formula>
+    </cfRule>
+    <cfRule type="containsText" dxfId="133" priority="4" operator="containsText" text="Eingabe bei Pkt. 1.3.2">
+      <formula>NOT(ISERROR(SEARCH("Eingabe bei Pkt. 1.3.2",I19)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I24">
-    <cfRule type="cellIs" dxfId="166" priority="5" operator="equal">
+    <cfRule type="cellIs" dxfId="132" priority="5" operator="equal">
       <formula>""</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="165" priority="6" operator="containsText" text="Eingabe bei Pkt. 1.3.1">
+    <cfRule type="containsText" dxfId="131" priority="6" operator="containsText" text="Eingabe bei Pkt. 1.3.1">
       <formula>NOT(ISERROR(SEARCH("Eingabe bei Pkt. 1.3.1",I24)))</formula>
-    </cfRule>
-[...6 lines deleted...]
-      <formula>NOT(ISERROR(SEARCH("Eingabe bei Pkt. 1.3.2",I19)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I61:I62">
-    <cfRule type="cellIs" dxfId="162" priority="1" operator="equal">
+    <cfRule type="containsText" dxfId="130" priority="2" operator="containsText" text="Eingabe bei Pkt. 1.2">
+      <formula>NOT(ISERROR(SEARCH("Eingabe bei Pkt. 1.2",I61)))</formula>
+    </cfRule>
+    <cfRule type="cellIs" dxfId="129" priority="1" operator="equal">
       <formula>""</formula>
-    </cfRule>
-[...1 lines deleted...]
-      <formula>NOT(ISERROR(SEARCH("Eingabe bei Pkt. 1.2",I61)))</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="1">
-    <dataValidation type="whole" operator="greaterThan" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="ACHTUNG" error="Anzahl muss eine GANZE ZAHL und größer 0 sein!" sqref="F57:F59 F51:F53 F31 F8:F11 F55 F19:F22 F24:F29 F33:F36 F38:F40 F42:F46 F48:F49 F13:F16">
+    <dataValidation type="whole" operator="greaterThan" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="ACHTUNG" error="Anzahl muss eine GANZE ZAHL und größer 0 sein!" sqref="F57:F59 F51:F53 F31 F8:F11 F55 F19:F22 F24:F29 F33:F36 F38:F40 F42:F46 F48:F49 F13:F16" xr:uid="{00000000-0002-0000-0100-000000000000}">
       <formula1>0</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="66" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;9&amp;D, &amp;T&amp;C&amp;9Zentrales Hauptsiedlungsgebiet&amp;R&amp;9Seite &amp;P von &amp;N
 BFP V 2025-1</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="40" max="6" man="1"/>
   </rowBreaks>
   <ignoredErrors>
     <ignoredError sqref="I24" formulaRange="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr codeName="Tabelle2">
     <tabColor theme="4"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AC97"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="80" zoomScaleNormal="80" zoomScalePageLayoutView="55" workbookViewId="0">
       <pane ySplit="5" topLeftCell="A6" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="F8" sqref="F8"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11" defaultRowHeight="13.8" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="7.59765625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7" max="7" width="19.59765625" style="27" customWidth="1"/>
+    <col min="1" max="1" width="7.625" style="3" customWidth="1"/>
+    <col min="2" max="2" width="47.875" style="26" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="35.125" style="24" customWidth="1"/>
+    <col min="4" max="4" width="9.125" style="27" hidden="1" customWidth="1"/>
+    <col min="5" max="5" width="15.625" style="28" customWidth="1"/>
+    <col min="6" max="6" width="11.625" style="25" customWidth="1"/>
+    <col min="7" max="7" width="19.625" style="27" customWidth="1"/>
     <col min="8" max="8" width="11.5" style="27" customWidth="1"/>
-    <col min="9" max="9" width="54.59765625" style="3" customWidth="1"/>
+    <col min="9" max="9" width="54.625" style="3" customWidth="1"/>
     <col min="10" max="18" width="11.5" style="3" customWidth="1"/>
     <col min="19" max="16384" width="11" style="3"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" ht="79.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:10" ht="79.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A1" s="183" t="s">
         <v>155</v>
       </c>
       <c r="B1" s="184"/>
       <c r="C1" s="184"/>
       <c r="D1" s="184"/>
       <c r="E1" s="184"/>
       <c r="F1" s="184"/>
       <c r="G1" s="185"/>
     </row>
-    <row r="2" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A2" s="167" t="s">
+    <row r="2" spans="1:10" ht="15" x14ac:dyDescent="0.25">
+      <c r="A2" s="141" t="s">
         <v>100</v>
       </c>
-      <c r="B2" s="168"/>
+      <c r="B2" s="142"/>
       <c r="C2" s="93" t="s">
         <v>101</v>
       </c>
       <c r="D2" s="94"/>
-      <c r="E2" s="169" t="s">
+      <c r="E2" s="143" t="s">
         <v>102</v>
       </c>
-      <c r="F2" s="170"/>
-[...4 lines deleted...]
-      <c r="B3" s="166"/>
+      <c r="F2" s="144"/>
+      <c r="G2" s="145"/>
+    </row>
+    <row r="3" spans="1:10" ht="39.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="139"/>
+      <c r="B3" s="140"/>
       <c r="C3" s="95"/>
       <c r="D3" s="96"/>
-      <c r="E3" s="165"/>
+      <c r="E3" s="139"/>
       <c r="F3" s="186"/>
-      <c r="G3" s="166"/>
-[...1 lines deleted...]
-    <row r="4" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="G3" s="140"/>
+    </row>
+    <row r="4" spans="1:10" ht="15" x14ac:dyDescent="0.2">
       <c r="A4" s="81"/>
       <c r="B4" s="82"/>
-      <c r="C4" s="181" t="s">
+      <c r="C4" s="131" t="s">
         <v>250</v>
       </c>
-      <c r="D4" s="175"/>
-      <c r="E4" s="177" t="s">
+      <c r="D4" s="125"/>
+      <c r="E4" s="127" t="s">
         <v>64</v>
       </c>
-      <c r="F4" s="178"/>
-      <c r="G4" s="179" t="s">
+      <c r="F4" s="128"/>
+      <c r="G4" s="129" t="s">
         <v>65</v>
       </c>
     </row>
-    <row r="5" spans="1:10" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:10" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A5" s="83"/>
       <c r="B5" s="84"/>
-      <c r="C5" s="182"/>
-      <c r="D5" s="176"/>
+      <c r="C5" s="132"/>
+      <c r="D5" s="126"/>
       <c r="E5" s="85" t="s">
         <v>62</v>
       </c>
       <c r="F5" s="86" t="s">
         <v>60</v>
       </c>
-      <c r="G5" s="180"/>
-[...1 lines deleted...]
-    <row r="6" spans="1:10" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="G5" s="130"/>
+    </row>
+    <row r="6" spans="1:10" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A6" s="54" t="s">
         <v>1</v>
       </c>
-      <c r="B6" s="129" t="s">
+      <c r="B6" s="133" t="s">
         <v>7</v>
       </c>
-      <c r="C6" s="130"/>
-[...3 lines deleted...]
-      <c r="G6" s="131"/>
+      <c r="C6" s="134"/>
+      <c r="D6" s="134"/>
+      <c r="E6" s="134"/>
+      <c r="F6" s="134"/>
+      <c r="G6" s="135"/>
       <c r="H6" s="1"/>
       <c r="I6" s="2"/>
       <c r="J6" s="2"/>
     </row>
-    <row r="7" spans="1:10" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:10" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="118" t="s">
         <v>56</v>
       </c>
-      <c r="B7" s="150" t="s">
+      <c r="B7" s="149" t="s">
         <v>260</v>
       </c>
-      <c r="C7" s="151"/>
-[...3 lines deleted...]
-      <c r="G7" s="152"/>
+      <c r="C7" s="150"/>
+      <c r="D7" s="150"/>
+      <c r="E7" s="150"/>
+      <c r="F7" s="150"/>
+      <c r="G7" s="151"/>
       <c r="H7" s="1"/>
       <c r="I7" s="4"/>
       <c r="J7" s="2"/>
     </row>
-    <row r="8" spans="1:10" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:10" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="36" t="s">
         <v>104</v>
       </c>
       <c r="B8" s="37" t="s">
         <v>105</v>
       </c>
       <c r="C8" s="38" t="s">
         <v>211</v>
       </c>
       <c r="D8" s="90">
         <v>0.9</v>
       </c>
       <c r="E8" s="39" t="s">
         <v>82</v>
       </c>
       <c r="F8" s="31"/>
       <c r="G8" s="40" t="str">
         <f>IF(F8="","",IF(SUM($F$8:$F$11)&gt;6,"",F8*D8))</f>
         <v/>
       </c>
       <c r="H8" s="5"/>
-      <c r="I8" s="127" t="str">
+      <c r="I8" s="180" t="str">
         <f>IF(SUM(F8:F11)&gt;6,"ACHTUNG:" &amp; CHAR(10) &amp; "Es wurden mehr als 6 WE eingegeben!" &amp; CHAR(10) &amp; "Eingabe bei Pkt. 1.2","")</f>
         <v/>
       </c>
     </row>
-    <row r="9" spans="1:10" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:10" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="36" t="s">
         <v>106</v>
       </c>
       <c r="B9" s="41" t="s">
         <v>109</v>
       </c>
       <c r="C9" s="42" t="s">
         <v>212</v>
       </c>
       <c r="D9" s="90">
         <v>1.2</v>
       </c>
       <c r="E9" s="43" t="s">
         <v>82</v>
       </c>
       <c r="F9" s="29"/>
       <c r="G9" s="40" t="str">
         <f>IF(F9="","",IF(SUM($F$8:$F$11)&gt;6,"",F9*D9))</f>
         <v/>
       </c>
       <c r="H9" s="5"/>
-      <c r="I9" s="127"/>
-[...1 lines deleted...]
-    <row r="10" spans="1:10" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I9" s="180"/>
+    </row>
+    <row r="10" spans="1:10" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="36" t="s">
         <v>107</v>
       </c>
       <c r="B10" s="41" t="s">
         <v>110</v>
       </c>
       <c r="C10" s="42" t="s">
         <v>213</v>
       </c>
       <c r="D10" s="90">
         <v>1.4</v>
       </c>
       <c r="E10" s="43" t="s">
         <v>82</v>
       </c>
       <c r="F10" s="29"/>
       <c r="G10" s="40" t="str">
         <f>IF(F10="","",IF(SUM($F$8:$F$11)&gt;6,"",F10*D10))</f>
         <v/>
       </c>
       <c r="H10" s="7"/>
-      <c r="I10" s="127"/>
-[...1 lines deleted...]
-    <row r="11" spans="1:10" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I10" s="180"/>
+    </row>
+    <row r="11" spans="1:10" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="36" t="s">
         <v>108</v>
       </c>
       <c r="B11" s="41" t="s">
         <v>115</v>
       </c>
       <c r="C11" s="42" t="s">
         <v>214</v>
       </c>
       <c r="D11" s="90">
         <v>1.5</v>
       </c>
       <c r="E11" s="43" t="s">
         <v>82</v>
       </c>
       <c r="F11" s="29"/>
       <c r="G11" s="40" t="str">
         <f>IF(F11="","",IF(SUM($F$8:$F$11)&gt;6,"",F11*D11))</f>
         <v/>
       </c>
       <c r="H11" s="7"/>
-      <c r="I11" s="127"/>
-[...1 lines deleted...]
-    <row r="12" spans="1:10" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I11" s="180"/>
+    </row>
+    <row r="12" spans="1:10" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="117" t="s">
         <v>2</v>
       </c>
-      <c r="B12" s="153" t="s">
+      <c r="B12" s="152" t="s">
         <v>261</v>
       </c>
-      <c r="C12" s="154"/>
-[...3 lines deleted...]
-      <c r="G12" s="155"/>
+      <c r="C12" s="153"/>
+      <c r="D12" s="153"/>
+      <c r="E12" s="153"/>
+      <c r="F12" s="153"/>
+      <c r="G12" s="154"/>
       <c r="H12" s="7"/>
     </row>
-    <row r="13" spans="1:10" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:10" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="119" t="s">
         <v>111</v>
       </c>
       <c r="B13" s="120" t="s">
         <v>105</v>
       </c>
       <c r="C13" s="121" t="s">
         <v>259</v>
       </c>
       <c r="D13" s="90">
         <f>0.9 * 0.85</f>
         <v>0.76500000000000001</v>
       </c>
       <c r="E13" s="43" t="s">
         <v>82</v>
       </c>
       <c r="F13" s="29"/>
       <c r="G13" s="44" t="str">
         <f>IF(F13="","",IF(SUM($F$13:$F$16)&gt;6,F13*D13,""))</f>
         <v/>
       </c>
       <c r="H13" s="7"/>
-      <c r="I13" s="127" t="str">
+      <c r="I13" s="180" t="str">
         <f>IF(AND(F13="",F14="",F15="",F16=""),"",IF(SUM(F13:F16)&gt;6,"","ACHTUNG:" &amp; CHAR(10) &amp; "Kontrollieren Sie bitte ob es sich um eine Wohnanlage handelt!" &amp; CHAR(10) &amp; "Eingabe bei Pkt. 1.1"))</f>
         <v/>
       </c>
     </row>
-    <row r="14" spans="1:10" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:10" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="36" t="s">
         <v>112</v>
       </c>
       <c r="B14" s="41" t="s">
         <v>109</v>
       </c>
       <c r="C14" s="42" t="s">
         <v>229</v>
       </c>
       <c r="D14" s="90">
         <f>1.2 * 0.85</f>
         <v>1.02</v>
       </c>
       <c r="E14" s="43" t="s">
         <v>82</v>
       </c>
       <c r="F14" s="29"/>
       <c r="G14" s="44" t="str">
         <f>IF(F14="","",IF(SUM($F$13:$F$16)&gt;6,F14*D14,""))</f>
         <v/>
       </c>
       <c r="H14" s="7"/>
-      <c r="I14" s="127"/>
-[...1 lines deleted...]
-    <row r="15" spans="1:10" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I14" s="180"/>
+    </row>
+    <row r="15" spans="1:10" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="36" t="s">
         <v>113</v>
       </c>
       <c r="B15" s="41" t="s">
         <v>110</v>
       </c>
       <c r="C15" s="42" t="s">
         <v>245</v>
       </c>
       <c r="D15" s="90">
         <f>1.4 * 0.85</f>
         <v>1.19</v>
       </c>
       <c r="E15" s="43" t="s">
         <v>82</v>
       </c>
       <c r="F15" s="29"/>
       <c r="G15" s="44" t="str">
         <f>IF(F15="","",IF(SUM($F$13:$F$16)&gt;6,F15*D15,""))</f>
         <v/>
       </c>
       <c r="H15" s="7"/>
-      <c r="I15" s="127"/>
-[...1 lines deleted...]
-    <row r="16" spans="1:10" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I15" s="180"/>
+    </row>
+    <row r="16" spans="1:10" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="36" t="s">
         <v>114</v>
       </c>
       <c r="B16" s="41" t="s">
         <v>115</v>
       </c>
       <c r="C16" s="42" t="s">
         <v>239</v>
       </c>
       <c r="D16" s="90">
         <f>1.5 * 0.85</f>
         <v>1.2749999999999999</v>
       </c>
       <c r="E16" s="43" t="s">
         <v>82</v>
       </c>
       <c r="F16" s="29"/>
       <c r="G16" s="44" t="str">
         <f>IF(F16="","",IF(SUM($F$13:$F$16)&gt;6,F16*D16,""))</f>
         <v/>
       </c>
       <c r="H16" s="7"/>
-      <c r="I16" s="127"/>
-[...1 lines deleted...]
-    <row r="17" spans="1:9" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I16" s="180"/>
+    </row>
+    <row r="17" spans="1:9" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="117" t="s">
         <v>3</v>
       </c>
-      <c r="B17" s="150" t="s">
+      <c r="B17" s="149" t="s">
         <v>120</v>
       </c>
-      <c r="C17" s="151"/>
-[...3 lines deleted...]
-      <c r="G17" s="152"/>
+      <c r="C17" s="150"/>
+      <c r="D17" s="150"/>
+      <c r="E17" s="150"/>
+      <c r="F17" s="150"/>
+      <c r="G17" s="151"/>
       <c r="H17" s="7"/>
     </row>
-    <row r="18" spans="1:9" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:9" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="45" t="s">
         <v>116</v>
       </c>
-      <c r="B18" s="159" t="s">
+      <c r="B18" s="158" t="s">
         <v>118</v>
       </c>
-      <c r="C18" s="160"/>
-[...3 lines deleted...]
-      <c r="G18" s="161"/>
+      <c r="C18" s="159"/>
+      <c r="D18" s="159"/>
+      <c r="E18" s="159"/>
+      <c r="F18" s="159"/>
+      <c r="G18" s="160"/>
       <c r="H18" s="7"/>
     </row>
-    <row r="19" spans="1:9" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:9" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="36" t="s">
         <v>121</v>
       </c>
       <c r="B19" s="41" t="s">
         <v>105</v>
       </c>
       <c r="C19" s="42" t="s">
         <v>241</v>
       </c>
       <c r="D19" s="90">
         <f>0.9*0.75</f>
         <v>0.67500000000000004</v>
       </c>
       <c r="E19" s="43" t="s">
         <v>82</v>
       </c>
       <c r="F19" s="29"/>
       <c r="G19" s="44" t="str">
         <f>IF(F19="","",IF(SUM($F$19:$F$22)&gt;5,"",F19*D19))</f>
         <v/>
       </c>
       <c r="H19" s="7"/>
-      <c r="I19" s="127" t="str">
+      <c r="I19" s="180" t="str">
         <f>IF(SUM(F19:F22)&gt;5,"ACHTUNG:" &amp; CHAR(10) &amp; "Es wurden mehr als 5 WE eingegeben!" &amp; CHAR(10) &amp; "Eingabe bei Pkt. 1.3.2","")</f>
         <v/>
       </c>
     </row>
-    <row r="20" spans="1:9" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:9" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="36" t="s">
         <v>122</v>
       </c>
       <c r="B20" s="41" t="s">
         <v>109</v>
       </c>
       <c r="C20" s="42" t="s">
         <v>221</v>
       </c>
       <c r="D20" s="90">
         <f>1.2 * 0.75</f>
         <v>0.89999999999999991</v>
       </c>
       <c r="E20" s="43" t="s">
         <v>82</v>
       </c>
       <c r="F20" s="29"/>
       <c r="G20" s="44" t="str">
         <f t="shared" ref="G20:G22" si="0">IF(F20="","",IF(SUM($F$19:$F$22)&gt;5,"",F20*D20))</f>
         <v/>
       </c>
       <c r="H20" s="7"/>
-      <c r="I20" s="127"/>
-[...1 lines deleted...]
-    <row r="21" spans="1:9" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I20" s="180"/>
+    </row>
+    <row r="21" spans="1:9" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="36" t="s">
         <v>123</v>
       </c>
       <c r="B21" s="41" t="s">
         <v>110</v>
       </c>
       <c r="C21" s="42" t="s">
         <v>242</v>
       </c>
       <c r="D21" s="90">
         <f>1.4 * 0.75</f>
         <v>1.0499999999999998</v>
       </c>
       <c r="E21" s="43" t="s">
         <v>82</v>
       </c>
       <c r="F21" s="29"/>
       <c r="G21" s="44" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="H21" s="7"/>
-      <c r="I21" s="127"/>
-[...1 lines deleted...]
-    <row r="22" spans="1:9" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I21" s="180"/>
+    </row>
+    <row r="22" spans="1:9" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="36" t="s">
         <v>124</v>
       </c>
       <c r="B22" s="41" t="s">
         <v>115</v>
       </c>
       <c r="C22" s="42" t="s">
         <v>234</v>
       </c>
       <c r="D22" s="90">
         <f>1.5*0.75</f>
         <v>1.125</v>
       </c>
       <c r="E22" s="43" t="s">
         <v>82</v>
       </c>
       <c r="F22" s="29"/>
       <c r="G22" s="44" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="H22" s="7"/>
-      <c r="I22" s="127"/>
-[...1 lines deleted...]
-    <row r="23" spans="1:9" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I22" s="180"/>
+    </row>
+    <row r="23" spans="1:9" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="45" t="s">
         <v>117</v>
       </c>
-      <c r="B23" s="156" t="s">
+      <c r="B23" s="155" t="s">
         <v>119</v>
       </c>
-      <c r="C23" s="157"/>
-[...3 lines deleted...]
-      <c r="G23" s="158"/>
+      <c r="C23" s="156"/>
+      <c r="D23" s="156"/>
+      <c r="E23" s="156"/>
+      <c r="F23" s="156"/>
+      <c r="G23" s="157"/>
       <c r="H23" s="7"/>
     </row>
-    <row r="24" spans="1:9" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:9" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="36" t="s">
         <v>125</v>
       </c>
       <c r="B24" s="41" t="s">
         <v>105</v>
       </c>
       <c r="C24" s="42" t="s">
         <v>243</v>
       </c>
       <c r="D24" s="90">
         <f>0.9 * 0.65</f>
         <v>0.58500000000000008</v>
       </c>
       <c r="E24" s="43" t="s">
         <v>82</v>
       </c>
       <c r="F24" s="29"/>
       <c r="G24" s="44" t="str">
         <f>IF(F24="","",IF(SUM($F$24:$F$29)&gt;5,F24*D24,""))</f>
         <v/>
       </c>
       <c r="H24" s="7"/>
-      <c r="I24" s="127" t="str">
+      <c r="I24" s="180" t="str">
         <f>IF(AND(F24="",F25="",F26="",F27=""),"",IF(SUM(F24:F27)&gt;5,"","ACHTUNG:" &amp; CHAR(10) &amp; "Kontrollieren Sie bitte ob es sich um eine Wohnanlage handelt!" &amp; CHAR(10) &amp; "Eingabe bei Pkt. 1.3.1"))</f>
         <v/>
       </c>
     </row>
-    <row r="25" spans="1:9" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:9" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="36" t="s">
         <v>126</v>
       </c>
       <c r="B25" s="41" t="s">
         <v>109</v>
       </c>
       <c r="C25" s="42" t="s">
         <v>225</v>
       </c>
       <c r="D25" s="90">
         <f>1.2*0.65</f>
         <v>0.78</v>
       </c>
       <c r="E25" s="43" t="s">
         <v>82</v>
       </c>
       <c r="F25" s="29"/>
       <c r="G25" s="44" t="str">
         <f t="shared" ref="G25:G27" si="1">IF(F25="","",IF(SUM($F$24:$F$29)&gt;5,F25*D25,""))</f>
         <v/>
       </c>
       <c r="H25" s="7"/>
-      <c r="I25" s="127"/>
-[...1 lines deleted...]
-    <row r="26" spans="1:9" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I25" s="180"/>
+    </row>
+    <row r="26" spans="1:9" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="36" t="s">
         <v>127</v>
       </c>
       <c r="B26" s="41" t="s">
         <v>110</v>
       </c>
       <c r="C26" s="42" t="s">
         <v>244</v>
       </c>
       <c r="D26" s="90">
         <f>1.4*0.65</f>
         <v>0.90999999999999992</v>
       </c>
       <c r="E26" s="43" t="s">
         <v>82</v>
       </c>
       <c r="F26" s="29"/>
       <c r="G26" s="44" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
       <c r="H26" s="7"/>
-      <c r="I26" s="127"/>
-[...1 lines deleted...]
-    <row r="27" spans="1:9" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I26" s="180"/>
+    </row>
+    <row r="27" spans="1:9" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="36" t="s">
         <v>128</v>
       </c>
       <c r="B27" s="41" t="s">
         <v>115</v>
       </c>
       <c r="C27" s="42" t="s">
         <v>236</v>
       </c>
       <c r="D27" s="90">
         <f>1.5*0.65</f>
         <v>0.97500000000000009</v>
       </c>
       <c r="E27" s="43" t="s">
         <v>82</v>
       </c>
       <c r="F27" s="29"/>
       <c r="G27" s="44" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
       <c r="H27" s="7"/>
-      <c r="I27" s="127"/>
-[...1 lines deleted...]
-    <row r="28" spans="1:9" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I27" s="180"/>
+    </row>
+    <row r="28" spans="1:9" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="45" t="s">
         <v>5</v>
       </c>
       <c r="B28" s="46" t="s">
         <v>4</v>
       </c>
       <c r="C28" s="47" t="s">
         <v>158</v>
       </c>
       <c r="D28" s="90">
         <f>1/20</f>
         <v>0.05</v>
       </c>
       <c r="E28" s="43" t="s">
         <v>200</v>
       </c>
       <c r="F28" s="29"/>
       <c r="G28" s="44" t="str">
         <f>IF(F28="","",IF(F28*D28&lt;2,2,F28*D28))</f>
         <v/>
       </c>
       <c r="H28" s="8"/>
       <c r="I28" s="107" t="s">
         <v>269</v>
       </c>
     </row>
-    <row r="29" spans="1:9" s="6" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:9" s="6" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A29" s="49" t="s">
         <v>99</v>
       </c>
       <c r="B29" s="50" t="s">
         <v>6</v>
       </c>
       <c r="C29" s="51" t="s">
         <v>177</v>
       </c>
       <c r="D29" s="90">
         <f>1/3</f>
         <v>0.33333333333333331</v>
       </c>
       <c r="E29" s="52" t="s">
         <v>200</v>
       </c>
       <c r="F29" s="33"/>
       <c r="G29" s="53" t="str">
         <f>IF(F29="","",IF(F29*D29&lt;2,2,F29*D29))</f>
         <v/>
       </c>
       <c r="H29" s="7"/>
       <c r="I29" s="124">
         <f>ROUND(SUM(G8:G11,G13:G16,G19:G22,G24:G29),0)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="30" spans="1:9" s="6" customFormat="1" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:9" s="6" customFormat="1" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A30" s="54" t="s">
         <v>8</v>
       </c>
-      <c r="B30" s="129" t="s">
+      <c r="B30" s="133" t="s">
         <v>0</v>
       </c>
-      <c r="C30" s="130"/>
-[...3 lines deleted...]
-      <c r="G30" s="131"/>
+      <c r="C30" s="134"/>
+      <c r="D30" s="134"/>
+      <c r="E30" s="134"/>
+      <c r="F30" s="134"/>
+      <c r="G30" s="135"/>
       <c r="H30" s="7"/>
     </row>
-    <row r="31" spans="1:9" s="6" customFormat="1" ht="50.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="31" spans="1:9" s="6" customFormat="1" ht="50.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A31" s="55" t="s">
         <v>9</v>
       </c>
       <c r="B31" s="56" t="s">
         <v>133</v>
       </c>
       <c r="C31" s="57" t="s">
         <v>159</v>
       </c>
       <c r="D31" s="90">
         <f>1/60</f>
         <v>1.6666666666666666E-2</v>
       </c>
       <c r="E31" s="58" t="s">
         <v>201</v>
       </c>
       <c r="F31" s="34"/>
       <c r="G31" s="59" t="str">
         <f>IF(F31="","",IF(F31*D31&lt;2,2,F31*D31))</f>
         <v/>
       </c>
       <c r="H31" s="7"/>
     </row>
-    <row r="32" spans="1:9" s="6" customFormat="1" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="32" spans="1:9" s="6" customFormat="1" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A32" s="54" t="s">
         <v>10</v>
       </c>
-      <c r="B32" s="129" t="s">
+      <c r="B32" s="133" t="s">
         <v>11</v>
       </c>
-      <c r="C32" s="130"/>
-[...3 lines deleted...]
-      <c r="G32" s="131"/>
+      <c r="C32" s="134"/>
+      <c r="D32" s="134"/>
+      <c r="E32" s="134"/>
+      <c r="F32" s="134"/>
+      <c r="G32" s="135"/>
       <c r="H32" s="7"/>
     </row>
-    <row r="33" spans="1:8" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:8" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="60" t="s">
         <v>12</v>
       </c>
       <c r="B33" s="61" t="s">
         <v>17</v>
       </c>
       <c r="C33" s="62" t="s">
         <v>160</v>
       </c>
       <c r="D33" s="90">
         <f>1/30</f>
         <v>3.3333333333333333E-2</v>
       </c>
       <c r="E33" s="39" t="s">
         <v>202</v>
       </c>
       <c r="F33" s="31"/>
       <c r="G33" s="40" t="str">
         <f>IF(F33="","",IF(F33*D33&lt;2,2,F33*D33))</f>
         <v/>
       </c>
       <c r="H33" s="7"/>
     </row>
-    <row r="34" spans="1:8" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:8" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="63" t="s">
         <v>13</v>
       </c>
       <c r="B34" s="64" t="s">
         <v>134</v>
       </c>
       <c r="C34" s="51" t="s">
         <v>161</v>
       </c>
       <c r="D34" s="90">
         <f>1/25</f>
         <v>0.04</v>
       </c>
       <c r="E34" s="43" t="s">
         <v>202</v>
       </c>
       <c r="F34" s="29"/>
       <c r="G34" s="44" t="str">
         <f>IF(F34="","",IF(F34*D34&lt;2,2,F34*D34))</f>
         <v/>
       </c>
       <c r="H34" s="7"/>
     </row>
-    <row r="35" spans="1:8" s="6" customFormat="1" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:8" s="6" customFormat="1" ht="35.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="65" t="s">
         <v>14</v>
       </c>
       <c r="B35" s="103" t="s">
         <v>252</v>
       </c>
       <c r="C35" s="51" t="s">
         <v>162</v>
       </c>
       <c r="D35" s="90">
         <f>1/15</f>
         <v>6.6666666666666666E-2</v>
       </c>
       <c r="E35" s="43" t="s">
         <v>202</v>
       </c>
       <c r="F35" s="29"/>
       <c r="G35" s="44" t="str">
         <f>IF(F35="","",IF(F35*D35&lt;2,2,F35*D35))</f>
         <v/>
       </c>
       <c r="H35" s="8"/>
     </row>
-    <row r="36" spans="1:8" s="6" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="36" spans="1:8" s="6" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A36" s="66" t="s">
         <v>16</v>
       </c>
       <c r="B36" s="50" t="s">
         <v>18</v>
       </c>
       <c r="C36" s="67" t="s">
         <v>163</v>
       </c>
       <c r="D36" s="90">
         <f>1/100</f>
         <v>0.01</v>
       </c>
       <c r="E36" s="52" t="s">
         <v>203</v>
       </c>
       <c r="F36" s="33"/>
       <c r="G36" s="53" t="str">
         <f>IF(F36="","",F36*D36)</f>
         <v/>
       </c>
       <c r="H36" s="8"/>
     </row>
-    <row r="37" spans="1:8" s="6" customFormat="1" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="37" spans="1:8" s="6" customFormat="1" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A37" s="54" t="s">
         <v>19</v>
       </c>
-      <c r="B37" s="129" t="s">
+      <c r="B37" s="133" t="s">
         <v>20</v>
       </c>
-      <c r="C37" s="130"/>
-[...3 lines deleted...]
-      <c r="G37" s="131"/>
+      <c r="C37" s="134"/>
+      <c r="D37" s="134"/>
+      <c r="E37" s="134"/>
+      <c r="F37" s="134"/>
+      <c r="G37" s="135"/>
       <c r="H37" s="8"/>
     </row>
-    <row r="38" spans="1:8" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:8" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="68" t="s">
         <v>21</v>
       </c>
       <c r="B38" s="61" t="s">
         <v>22</v>
       </c>
       <c r="C38" s="47" t="s">
         <v>164</v>
       </c>
       <c r="D38" s="90">
         <f>1/10</f>
         <v>0.1</v>
       </c>
       <c r="E38" s="43" t="s">
         <v>204</v>
       </c>
       <c r="F38" s="29"/>
       <c r="G38" s="53" t="str">
         <f>IF(F38="","",IF(F38*D38&lt;2,2,F38*D38))</f>
         <v/>
       </c>
       <c r="H38" s="7"/>
     </row>
-    <row r="39" spans="1:8" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:8" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A39" s="69" t="s">
         <v>23</v>
       </c>
       <c r="B39" s="46" t="s">
         <v>24</v>
       </c>
       <c r="C39" s="47" t="s">
         <v>165</v>
       </c>
       <c r="D39" s="90">
         <f>1/4</f>
         <v>0.25</v>
       </c>
       <c r="E39" s="43" t="s">
         <v>200</v>
       </c>
       <c r="F39" s="29"/>
       <c r="G39" s="53" t="str">
         <f>IF(F39="","",IF(F39*D39&lt;2,2,F39*D39))</f>
         <v/>
       </c>
       <c r="H39" s="7"/>
     </row>
-    <row r="40" spans="1:8" s="6" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="40" spans="1:8" s="6" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A40" s="66" t="s">
         <v>25</v>
       </c>
       <c r="B40" s="50" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="51" t="s">
         <v>166</v>
       </c>
       <c r="D40" s="90">
         <f>1/13</f>
         <v>7.6923076923076927E-2</v>
       </c>
       <c r="E40" s="52" t="s">
         <v>200</v>
       </c>
       <c r="F40" s="33"/>
       <c r="G40" s="53" t="str">
         <f>IF(F40="","",IF(F40*D40&lt;2,2,F40*D40))</f>
         <v/>
       </c>
       <c r="H40" s="7"/>
     </row>
-    <row r="41" spans="1:8" s="6" customFormat="1" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="41" spans="1:8" s="6" customFormat="1" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A41" s="54" t="s">
         <v>27</v>
       </c>
-      <c r="B41" s="129" t="s">
+      <c r="B41" s="133" t="s">
         <v>28</v>
       </c>
-      <c r="C41" s="130"/>
-[...3 lines deleted...]
-      <c r="G41" s="131"/>
+      <c r="C41" s="134"/>
+      <c r="D41" s="134"/>
+      <c r="E41" s="134"/>
+      <c r="F41" s="134"/>
+      <c r="G41" s="135"/>
       <c r="H41" s="7"/>
     </row>
-    <row r="42" spans="1:8" s="6" customFormat="1" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A42" s="134" t="s">
+    <row r="42" spans="1:8" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A42" s="162" t="s">
         <v>29</v>
       </c>
-      <c r="B42" s="138" t="s">
+      <c r="B42" s="166" t="s">
         <v>30</v>
       </c>
-      <c r="C42" s="136" t="s">
+      <c r="C42" s="164" t="s">
         <v>167</v>
       </c>
       <c r="D42" s="90">
         <f>1/200</f>
         <v>5.0000000000000001E-3</v>
       </c>
       <c r="E42" s="43" t="s">
         <v>201</v>
       </c>
       <c r="F42" s="29"/>
-      <c r="G42" s="140" t="str">
+      <c r="G42" s="168" t="str">
         <f>IF(F42="","",IF(F43="","",IF(F42*D42+F43*D43&lt;2,2,F42*D42+F43*D43)))</f>
         <v/>
       </c>
       <c r="H42" s="7"/>
     </row>
-    <row r="43" spans="1:8" s="6" customFormat="1" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C43" s="137"/>
+    <row r="43" spans="1:8" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A43" s="163"/>
+      <c r="B43" s="167"/>
+      <c r="C43" s="165"/>
       <c r="D43" s="90">
         <f>1/3</f>
         <v>0.33333333333333331</v>
       </c>
       <c r="E43" s="43" t="s">
         <v>68</v>
       </c>
       <c r="F43" s="29"/>
-      <c r="G43" s="141"/>
+      <c r="G43" s="169"/>
       <c r="H43" s="8"/>
     </row>
-    <row r="44" spans="1:8" s="6" customFormat="1" ht="39.9" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:8" s="6" customFormat="1" ht="39.950000000000003" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="69" t="s">
         <v>31</v>
       </c>
       <c r="B44" s="46" t="s">
         <v>32</v>
       </c>
       <c r="C44" s="47" t="s">
         <v>57</v>
       </c>
       <c r="D44" s="90">
         <v>1.2500000000000001E-2</v>
       </c>
       <c r="E44" s="43" t="s">
         <v>61</v>
       </c>
       <c r="F44" s="29"/>
       <c r="G44" s="73" t="str">
         <f>IF($F$44="","",$F$44*$D$44)</f>
         <v/>
       </c>
       <c r="H44" s="8"/>
     </row>
-    <row r="45" spans="1:8" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:8" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A45" s="69" t="s">
         <v>31</v>
       </c>
       <c r="B45" s="46" t="s">
         <v>32</v>
       </c>
       <c r="C45" s="42" t="s">
         <v>168</v>
       </c>
       <c r="D45" s="90">
         <f>1/200</f>
         <v>5.0000000000000001E-3</v>
       </c>
       <c r="E45" s="43" t="s">
         <v>205</v>
       </c>
       <c r="F45" s="29"/>
       <c r="G45" s="53" t="str">
         <f>IF(F45="","",F45*D45)</f>
         <v/>
       </c>
       <c r="H45" s="8"/>
     </row>
-    <row r="46" spans="1:8" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="46" spans="1:8" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A46" s="66" t="s">
         <v>33</v>
       </c>
       <c r="B46" s="50" t="s">
         <v>34</v>
       </c>
       <c r="C46" s="51" t="s">
         <v>58</v>
       </c>
       <c r="D46" s="90">
         <v>2</v>
       </c>
       <c r="E46" s="52" t="s">
         <v>34</v>
       </c>
       <c r="F46" s="33"/>
       <c r="G46" s="53" t="str">
         <f>IF(F46="","",F46*D46)</f>
         <v/>
       </c>
       <c r="H46" s="8"/>
     </row>
-    <row r="47" spans="1:8" s="6" customFormat="1" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="47" spans="1:8" s="6" customFormat="1" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A47" s="54" t="s">
         <v>35</v>
       </c>
-      <c r="B47" s="129" t="s">
+      <c r="B47" s="133" t="s">
         <v>36</v>
       </c>
-      <c r="C47" s="130"/>
-[...3 lines deleted...]
-      <c r="G47" s="131"/>
+      <c r="C47" s="134"/>
+      <c r="D47" s="134"/>
+      <c r="E47" s="134"/>
+      <c r="F47" s="134"/>
+      <c r="G47" s="135"/>
       <c r="H47" s="8"/>
     </row>
-    <row r="48" spans="1:8" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:8" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A48" s="68" t="s">
         <v>37</v>
       </c>
       <c r="B48" s="61" t="s">
         <v>146</v>
       </c>
       <c r="C48" s="62" t="s">
         <v>169</v>
       </c>
       <c r="D48" s="90">
         <f>1/10</f>
         <v>0.1</v>
       </c>
       <c r="E48" s="39" t="s">
         <v>70</v>
       </c>
       <c r="F48" s="31"/>
       <c r="G48" s="53" t="str">
         <f>IF(F48="","",F48*D48)</f>
         <v/>
       </c>
       <c r="H48" s="7"/>
     </row>
-    <row r="49" spans="1:19" s="6" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="49" spans="1:19" s="6" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A49" s="66" t="s">
         <v>38</v>
       </c>
       <c r="B49" s="50" t="s">
         <v>148</v>
       </c>
       <c r="C49" s="51" t="s">
         <v>147</v>
       </c>
       <c r="D49" s="90">
         <f>1/15</f>
         <v>6.6666666666666666E-2</v>
       </c>
       <c r="E49" s="52" t="s">
         <v>70</v>
       </c>
       <c r="F49" s="33"/>
       <c r="G49" s="53" t="str">
         <f>IF(F49="","",F49*D49)</f>
         <v/>
       </c>
       <c r="H49" s="7"/>
     </row>
-    <row r="50" spans="1:19" s="6" customFormat="1" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="50" spans="1:19" s="6" customFormat="1" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A50" s="54" t="s">
         <v>39</v>
       </c>
-      <c r="B50" s="129" t="s">
+      <c r="B50" s="133" t="s">
         <v>40</v>
       </c>
-      <c r="C50" s="130"/>
-[...3 lines deleted...]
-      <c r="G50" s="131"/>
+      <c r="C50" s="134"/>
+      <c r="D50" s="134"/>
+      <c r="E50" s="134"/>
+      <c r="F50" s="134"/>
+      <c r="G50" s="135"/>
       <c r="H50" s="7"/>
     </row>
-    <row r="51" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="68" t="s">
         <v>41</v>
       </c>
       <c r="B51" s="61" t="s">
         <v>42</v>
       </c>
       <c r="C51" s="62" t="s">
         <v>170</v>
       </c>
       <c r="D51" s="90">
         <f>1/2</f>
         <v>0.5</v>
       </c>
       <c r="E51" s="39" t="s">
         <v>206</v>
       </c>
       <c r="F51" s="31"/>
       <c r="G51" s="53" t="str">
         <f>IF(F51="","",F51*D51)</f>
         <v/>
       </c>
       <c r="H51" s="7"/>
     </row>
-    <row r="52" spans="1:19" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:19" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A52" s="69" t="s">
         <v>43</v>
       </c>
       <c r="B52" s="46" t="s">
         <v>44</v>
       </c>
       <c r="C52" s="47" t="s">
         <v>171</v>
       </c>
       <c r="D52" s="90">
         <f>1/2</f>
         <v>0.5</v>
       </c>
       <c r="E52" s="43" t="s">
         <v>207</v>
       </c>
       <c r="F52" s="29"/>
       <c r="G52" s="53" t="str">
         <f t="shared" ref="G52" si="2">IF(F52="","",F52*D52)</f>
         <v/>
       </c>
       <c r="H52" s="7"/>
     </row>
-    <row r="53" spans="1:19" s="6" customFormat="1" ht="42" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="53" spans="1:19" s="6" customFormat="1" ht="43.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A53" s="66" t="s">
         <v>45</v>
       </c>
       <c r="B53" s="50" t="s">
         <v>256</v>
       </c>
       <c r="C53" s="51" t="s">
         <v>257</v>
       </c>
       <c r="D53" s="90">
         <f>1/10</f>
         <v>0.1</v>
       </c>
       <c r="E53" s="52" t="s">
         <v>208</v>
       </c>
       <c r="F53" s="33"/>
       <c r="G53" s="53" t="str">
         <f>IF(F53="","",IF(F53*D53&lt;2,2,F53*D53))</f>
         <v/>
       </c>
       <c r="H53" s="7"/>
     </row>
-    <row r="54" spans="1:19" s="6" customFormat="1" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="54" spans="1:19" s="6" customFormat="1" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A54" s="54" t="s">
         <v>47</v>
       </c>
-      <c r="B54" s="129" t="s">
+      <c r="B54" s="133" t="s">
         <v>46</v>
       </c>
-      <c r="C54" s="130"/>
-[...3 lines deleted...]
-      <c r="G54" s="131"/>
+      <c r="C54" s="134"/>
+      <c r="D54" s="134"/>
+      <c r="E54" s="134"/>
+      <c r="F54" s="134"/>
+      <c r="G54" s="135"/>
       <c r="H54" s="7"/>
     </row>
-    <row r="55" spans="1:19" s="6" customFormat="1" ht="28.2" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="55" spans="1:19" s="6" customFormat="1" ht="29.25" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A55" s="74" t="s">
         <v>48</v>
       </c>
       <c r="B55" s="75" t="s">
         <v>49</v>
       </c>
       <c r="C55" s="51" t="s">
         <v>172</v>
       </c>
       <c r="D55" s="90">
         <v>0.1</v>
       </c>
       <c r="E55" s="52" t="s">
         <v>200</v>
       </c>
       <c r="F55" s="33"/>
       <c r="G55" s="53" t="str">
         <f>IF(F55="","",F55*D55)</f>
         <v/>
       </c>
       <c r="H55" s="7"/>
     </row>
-    <row r="56" spans="1:19" s="6" customFormat="1" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="56" spans="1:19" s="6" customFormat="1" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A56" s="54" t="s">
         <v>50</v>
       </c>
-      <c r="B56" s="129" t="s">
+      <c r="B56" s="133" t="s">
         <v>51</v>
       </c>
-      <c r="C56" s="130"/>
-[...3 lines deleted...]
-      <c r="G56" s="131"/>
+      <c r="C56" s="134"/>
+      <c r="D56" s="134"/>
+      <c r="E56" s="134"/>
+      <c r="F56" s="134"/>
+      <c r="G56" s="135"/>
       <c r="H56" s="7"/>
     </row>
-    <row r="57" spans="1:19" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:19" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
       <c r="A57" s="72" t="s">
         <v>55</v>
       </c>
       <c r="B57" s="61" t="s">
         <v>54</v>
       </c>
       <c r="C57" s="62" t="s">
         <v>59</v>
       </c>
       <c r="D57" s="48">
         <v>0.5</v>
       </c>
       <c r="E57" s="39" t="s">
         <v>63</v>
       </c>
       <c r="F57" s="88"/>
       <c r="G57" s="89" t="str">
         <f>IF($F$57="","",$F$57*$D$57)</f>
         <v/>
       </c>
       <c r="H57" s="7"/>
     </row>
-    <row r="58" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A58" s="66" t="s">
         <v>52</v>
       </c>
       <c r="B58" s="50" t="s">
         <v>15</v>
       </c>
       <c r="C58" s="51" t="s">
         <v>173</v>
       </c>
       <c r="D58" s="90">
         <f>1/2.5</f>
         <v>0.4</v>
       </c>
       <c r="E58" s="52" t="s">
         <v>209</v>
       </c>
       <c r="F58" s="87"/>
       <c r="G58" s="53" t="str">
         <f>IF(F58="","",F58*D58)</f>
         <v/>
       </c>
       <c r="H58" s="7"/>
       <c r="I58" s="107" t="s">
         <v>268</v>
       </c>
     </row>
-    <row r="59" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="59" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A59" s="76" t="s">
         <v>53</v>
       </c>
       <c r="B59" s="77" t="s">
         <v>54</v>
       </c>
       <c r="C59" s="78" t="s">
         <v>174</v>
       </c>
       <c r="D59" s="92">
         <f>1/4</f>
         <v>0.25</v>
       </c>
       <c r="E59" s="79" t="s">
         <v>210</v>
       </c>
       <c r="F59" s="30"/>
       <c r="G59" s="53" t="str">
         <f>IF(F59="","",F59*D59)</f>
         <v/>
       </c>
       <c r="H59" s="7"/>
       <c r="I59" s="124">
         <f>ROUND(SUM(G31,G33:G36,G38:G40,G42:G46,G48:G49,G51:G53,G55,G58:G59),0)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="60" spans="1:19" s="6" customFormat="1" ht="39.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A60" s="142" t="s">
+    <row r="60" spans="1:19" s="6" customFormat="1" ht="39.950000000000003" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A60" s="170" t="s">
         <v>98</v>
       </c>
-      <c r="B60" s="143"/>
-[...3 lines deleted...]
-      <c r="F60" s="144"/>
+      <c r="B60" s="171"/>
+      <c r="C60" s="171"/>
+      <c r="D60" s="171"/>
+      <c r="E60" s="171"/>
+      <c r="F60" s="172"/>
       <c r="G60" s="80">
         <f>SUM($G$6:$G$59)</f>
         <v>0</v>
       </c>
       <c r="H60" s="7"/>
     </row>
-    <row r="61" spans="1:19" s="6" customFormat="1" ht="39.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A61" s="142" t="s">
+    <row r="61" spans="1:19" s="6" customFormat="1" ht="39.950000000000003" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A61" s="170" t="s">
         <v>264</v>
       </c>
-      <c r="B61" s="143"/>
-[...3 lines deleted...]
-      <c r="F61" s="144"/>
+      <c r="B61" s="171"/>
+      <c r="C61" s="171"/>
+      <c r="D61" s="171"/>
+      <c r="E61" s="171"/>
+      <c r="F61" s="172"/>
       <c r="G61" s="80">
         <f>IF(G60=SUM(G8:G11),0,IF((G60-SUM(G8:G11))&gt;=5,ROUNDUP((G60-SUM(G8:G11))/20,0),0))</f>
         <v>0</v>
       </c>
       <c r="H61" s="7"/>
       <c r="I61" s="123" t="str">
         <f>IF(F48="","","ACHTUNG:" &amp; CHAR(10) &amp; "separate Regeln für Veranstaltungsstätten")</f>
         <v/>
       </c>
     </row>
-    <row r="62" spans="1:19" s="6" customFormat="1" ht="39.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A62" s="145" t="s">
+    <row r="62" spans="1:19" s="6" customFormat="1" ht="39.950000000000003" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A62" s="173" t="s">
         <v>271</v>
       </c>
-      <c r="B62" s="143"/>
-[...3 lines deleted...]
-      <c r="F62" s="144"/>
+      <c r="B62" s="171"/>
+      <c r="C62" s="171"/>
+      <c r="D62" s="171"/>
+      <c r="E62" s="171"/>
+      <c r="F62" s="172"/>
       <c r="G62" s="80">
         <f>IF(SUM(G13:G16)=0,0,SUM(G13:G16)*0.13)</f>
         <v>0</v>
       </c>
       <c r="H62" s="7"/>
       <c r="I62" s="123"/>
       <c r="J62" s="107"/>
       <c r="K62" s="107"/>
       <c r="L62" s="107"/>
       <c r="M62" s="107"/>
       <c r="N62" s="107"/>
       <c r="O62" s="107"/>
       <c r="P62" s="107"/>
       <c r="Q62" s="107"/>
       <c r="R62" s="107"/>
       <c r="S62" s="107"/>
     </row>
-    <row r="63" spans="1:19" s="6" customFormat="1" ht="39.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A63" s="146" t="s">
+    <row r="63" spans="1:19" s="6" customFormat="1" ht="39.950000000000003" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A63" s="174" t="s">
         <v>266</v>
       </c>
-      <c r="B63" s="147"/>
-      <c r="C63" s="142" t="s">
+      <c r="B63" s="175"/>
+      <c r="C63" s="170" t="s">
         <v>262</v>
       </c>
-      <c r="D63" s="143"/>
-[...1 lines deleted...]
-      <c r="F63" s="144"/>
+      <c r="D63" s="171"/>
+      <c r="E63" s="171"/>
+      <c r="F63" s="172"/>
       <c r="G63" s="80">
         <f>IF(I59&gt;10,1,0)</f>
         <v>0</v>
       </c>
       <c r="H63" s="7"/>
-      <c r="I63" s="132" t="s">
+      <c r="I63" s="182" t="s">
         <v>267</v>
       </c>
     </row>
-    <row r="64" spans="1:19" s="6" customFormat="1" ht="39.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-      <c r="C64" s="145" t="s">
+    <row r="64" spans="1:19" s="6" customFormat="1" ht="39.950000000000003" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A64" s="176"/>
+      <c r="B64" s="177"/>
+      <c r="C64" s="173" t="s">
         <v>263</v>
       </c>
-      <c r="D64" s="143"/>
-[...1 lines deleted...]
-      <c r="F64" s="144"/>
+      <c r="D64" s="171"/>
+      <c r="E64" s="171"/>
+      <c r="F64" s="172"/>
       <c r="G64" s="80">
         <f>IF(I29&gt;10,I29,0)+IF(I59&gt;10,ROUNDUP(I59/5,0),0)</f>
         <v>0</v>
       </c>
       <c r="H64" s="7"/>
-      <c r="I64" s="132"/>
-[...1 lines deleted...]
-    <row r="65" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I64" s="182"/>
+    </row>
+    <row r="65" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A65" s="98"/>
       <c r="B65" s="98"/>
       <c r="C65" s="98"/>
       <c r="D65" s="98"/>
       <c r="E65" s="98"/>
       <c r="F65" s="98"/>
       <c r="G65" s="99"/>
       <c r="H65" s="7"/>
     </row>
-    <row r="66" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="66" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C66" s="100" t="s">
         <v>248</v>
       </c>
       <c r="D66" s="10"/>
       <c r="E66" s="11"/>
       <c r="F66" s="11"/>
       <c r="H66" s="7"/>
     </row>
-    <row r="67" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A67" s="128" t="s">
+    <row r="67" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A67" s="181" t="s">
         <v>84</v>
       </c>
-      <c r="B67" s="128"/>
-[...4 lines deleted...]
-      <c r="G67" s="128"/>
+      <c r="B67" s="181"/>
+      <c r="C67" s="181"/>
+      <c r="D67" s="181"/>
+      <c r="E67" s="181"/>
+      <c r="F67" s="181"/>
+      <c r="G67" s="181"/>
       <c r="H67" s="11"/>
       <c r="I67" s="11"/>
       <c r="J67" s="11"/>
       <c r="K67" s="11"/>
       <c r="L67" s="11"/>
       <c r="M67" s="11"/>
       <c r="N67" s="11"/>
     </row>
-    <row r="68" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="68" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A68" s="12" t="s">
         <v>66</v>
       </c>
       <c r="B68" s="13"/>
       <c r="C68" s="13"/>
       <c r="D68" s="14"/>
       <c r="E68" s="13"/>
       <c r="F68" s="12"/>
       <c r="G68" s="12"/>
       <c r="H68" s="11"/>
       <c r="I68" s="11"/>
       <c r="J68" s="11"/>
       <c r="K68" s="11"/>
       <c r="L68" s="11"/>
       <c r="P68" s="11"/>
       <c r="Q68" s="11"/>
     </row>
-    <row r="69" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="69" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A69" s="15" t="s">
         <v>67</v>
       </c>
       <c r="B69" s="15" t="s">
         <v>85</v>
       </c>
-      <c r="C69" s="126" t="s">
+      <c r="C69" s="178" t="s">
         <v>265</v>
       </c>
-      <c r="D69" s="126"/>
-[...1 lines deleted...]
-      <c r="F69" s="126"/>
+      <c r="D69" s="178"/>
+      <c r="E69" s="178"/>
+      <c r="F69" s="178"/>
       <c r="G69" s="12"/>
       <c r="H69" s="11"/>
       <c r="I69" s="11"/>
       <c r="J69" s="11"/>
       <c r="K69" s="11"/>
       <c r="L69" s="11"/>
       <c r="P69" s="11"/>
       <c r="Q69" s="11"/>
     </row>
-    <row r="70" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="70" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A70" s="17" t="s">
         <v>68</v>
       </c>
       <c r="B70" s="15" t="s">
         <v>86</v>
       </c>
-      <c r="C70" s="126"/>
-[...2 lines deleted...]
-      <c r="F70" s="126"/>
+      <c r="C70" s="178"/>
+      <c r="D70" s="178"/>
+      <c r="E70" s="178"/>
+      <c r="F70" s="178"/>
       <c r="G70" s="12"/>
       <c r="H70" s="11"/>
       <c r="I70" s="11"/>
       <c r="J70" s="11"/>
       <c r="K70" s="11"/>
       <c r="L70" s="11"/>
       <c r="P70" s="11"/>
       <c r="Q70" s="11"/>
     </row>
-    <row r="71" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="71" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A71" s="15" t="s">
         <v>69</v>
       </c>
       <c r="B71" s="15" t="s">
         <v>87</v>
       </c>
-      <c r="C71" s="126"/>
-[...2 lines deleted...]
-      <c r="F71" s="126"/>
+      <c r="C71" s="178"/>
+      <c r="D71" s="178"/>
+      <c r="E71" s="178"/>
+      <c r="F71" s="178"/>
       <c r="G71" s="12"/>
       <c r="H71" s="11"/>
       <c r="I71" s="11"/>
       <c r="J71" s="11"/>
       <c r="K71" s="11"/>
       <c r="L71" s="11"/>
       <c r="P71" s="11"/>
       <c r="Q71" s="11"/>
     </row>
-    <row r="72" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="72" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A72" s="15" t="s">
         <v>70</v>
       </c>
       <c r="B72" s="15" t="s">
         <v>88</v>
       </c>
-      <c r="C72" s="126" t="s">
+      <c r="C72" s="178" t="s">
         <v>273</v>
       </c>
-      <c r="D72" s="126"/>
-[...1 lines deleted...]
-      <c r="F72" s="126"/>
+      <c r="D72" s="178"/>
+      <c r="E72" s="178"/>
+      <c r="F72" s="178"/>
       <c r="G72" s="12"/>
       <c r="H72" s="11"/>
       <c r="I72" s="11"/>
       <c r="J72" s="11"/>
       <c r="K72" s="11"/>
       <c r="L72" s="11"/>
       <c r="P72" s="11"/>
       <c r="Q72" s="11"/>
     </row>
-    <row r="73" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="73" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A73" s="15" t="s">
         <v>71</v>
       </c>
       <c r="B73" s="15" t="s">
         <v>89</v>
       </c>
-      <c r="C73" s="126"/>
-[...2 lines deleted...]
-      <c r="F73" s="126"/>
+      <c r="C73" s="178"/>
+      <c r="D73" s="178"/>
+      <c r="E73" s="178"/>
+      <c r="F73" s="178"/>
       <c r="G73" s="12"/>
       <c r="H73" s="11"/>
       <c r="I73" s="11"/>
       <c r="J73" s="11"/>
       <c r="K73" s="11"/>
       <c r="L73" s="11"/>
       <c r="P73" s="11"/>
       <c r="Q73" s="11"/>
     </row>
-    <row r="74" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A74" s="15" t="s">
         <v>72</v>
       </c>
       <c r="B74" s="15" t="s">
         <v>90</v>
       </c>
-      <c r="C74" s="126"/>
-[...2 lines deleted...]
-      <c r="F74" s="126"/>
+      <c r="C74" s="178"/>
+      <c r="D74" s="178"/>
+      <c r="E74" s="178"/>
+      <c r="F74" s="178"/>
       <c r="G74" s="12"/>
       <c r="H74" s="11"/>
       <c r="I74" s="11"/>
       <c r="J74" s="11"/>
       <c r="K74" s="11"/>
       <c r="L74" s="11"/>
       <c r="P74" s="11"/>
       <c r="Q74" s="11"/>
     </row>
-    <row r="75" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="75" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A75" s="15" t="s">
         <v>73</v>
       </c>
       <c r="B75" s="15" t="s">
         <v>91</v>
       </c>
-      <c r="C75" s="125" t="s">
+      <c r="C75" s="179" t="s">
         <v>272</v>
       </c>
-      <c r="D75" s="125"/>
-      <c r="E75" s="125"/>
+      <c r="D75" s="179"/>
+      <c r="E75" s="179"/>
       <c r="F75" s="12"/>
       <c r="G75" s="12"/>
       <c r="H75" s="11"/>
       <c r="I75" s="11"/>
       <c r="J75" s="11"/>
       <c r="K75" s="11"/>
       <c r="L75" s="11"/>
       <c r="P75" s="11"/>
       <c r="Q75" s="11"/>
     </row>
-    <row r="76" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="76" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A76" s="15" t="s">
         <v>74</v>
       </c>
       <c r="B76" s="15" t="s">
         <v>92</v>
       </c>
-      <c r="C76" s="125"/>
-[...1 lines deleted...]
-      <c r="E76" s="125"/>
+      <c r="C76" s="179"/>
+      <c r="D76" s="179"/>
+      <c r="E76" s="179"/>
       <c r="F76" s="12"/>
       <c r="G76" s="12"/>
       <c r="H76" s="32"/>
       <c r="I76" s="32"/>
       <c r="J76" s="32"/>
       <c r="K76" s="32"/>
       <c r="L76" s="32"/>
       <c r="P76" s="11"/>
       <c r="Q76" s="11"/>
     </row>
-    <row r="77" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="77" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A77" s="15" t="s">
         <v>75</v>
       </c>
       <c r="B77" s="15" t="s">
         <v>93</v>
       </c>
       <c r="C77" s="13"/>
       <c r="D77" s="16"/>
       <c r="E77" s="13"/>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="32"/>
       <c r="I77" s="32"/>
       <c r="J77" s="32"/>
       <c r="K77" s="32"/>
       <c r="L77" s="32"/>
       <c r="P77" s="32"/>
       <c r="Q77" s="32"/>
     </row>
-    <row r="78" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="78" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A78" s="104" t="s">
         <v>76</v>
       </c>
       <c r="B78" s="104" t="s">
         <v>253</v>
       </c>
       <c r="C78" s="105"/>
       <c r="D78" s="106"/>
       <c r="E78" s="105"/>
       <c r="F78" s="104"/>
       <c r="G78" s="104"/>
       <c r="H78" s="32"/>
       <c r="I78" s="32"/>
       <c r="J78" s="32"/>
       <c r="K78" s="32"/>
       <c r="L78" s="32"/>
       <c r="P78" s="32"/>
       <c r="Q78" s="32"/>
     </row>
-    <row r="79" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="79" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A79" s="104" t="s">
         <v>77</v>
       </c>
       <c r="B79" s="104" t="s">
         <v>94</v>
       </c>
       <c r="C79" s="105"/>
       <c r="D79" s="106"/>
       <c r="E79" s="105"/>
       <c r="F79" s="104"/>
       <c r="G79" s="104"/>
       <c r="H79" s="32"/>
       <c r="I79" s="32"/>
       <c r="J79" s="32"/>
       <c r="K79" s="32"/>
       <c r="L79" s="32"/>
       <c r="P79" s="32"/>
       <c r="Q79" s="32"/>
     </row>
-    <row r="80" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="80" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A80" s="104" t="s">
         <v>78</v>
       </c>
       <c r="B80" s="104" t="s">
         <v>249</v>
       </c>
       <c r="C80" s="105"/>
       <c r="D80" s="106"/>
       <c r="E80" s="105"/>
       <c r="F80" s="104"/>
       <c r="G80" s="104"/>
       <c r="H80" s="32"/>
       <c r="I80" s="32"/>
       <c r="J80" s="32"/>
       <c r="K80" s="32"/>
       <c r="L80" s="32"/>
       <c r="P80" s="32"/>
       <c r="Q80" s="32"/>
     </row>
-    <row r="81" spans="1:29" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="81" spans="1:29" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A81" s="104" t="s">
         <v>79</v>
       </c>
       <c r="B81" s="104" t="s">
         <v>95</v>
       </c>
       <c r="C81" s="105"/>
       <c r="D81" s="106"/>
       <c r="E81" s="105"/>
       <c r="F81" s="104"/>
       <c r="G81" s="104"/>
       <c r="H81" s="32"/>
       <c r="I81" s="32"/>
       <c r="J81" s="32"/>
       <c r="K81" s="32"/>
       <c r="L81" s="32"/>
       <c r="P81" s="32"/>
       <c r="Q81" s="32"/>
     </row>
-    <row r="82" spans="1:29" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="82" spans="1:29" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A82" s="104" t="s">
         <v>80</v>
       </c>
       <c r="B82" s="104" t="s">
         <v>96</v>
       </c>
       <c r="C82" s="105"/>
       <c r="D82" s="106"/>
       <c r="E82" s="105"/>
       <c r="F82" s="104"/>
       <c r="G82" s="104"/>
       <c r="H82" s="32"/>
       <c r="I82" s="32"/>
       <c r="J82" s="32"/>
       <c r="K82" s="32"/>
       <c r="L82" s="32"/>
       <c r="P82" s="32"/>
       <c r="Q82" s="32"/>
     </row>
-    <row r="83" spans="1:29" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="83" spans="1:29" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A83" s="104" t="s">
         <v>81</v>
       </c>
       <c r="B83" s="104" t="s">
         <v>97</v>
       </c>
       <c r="C83" s="105"/>
       <c r="D83" s="106"/>
       <c r="E83" s="105"/>
       <c r="F83" s="104"/>
       <c r="G83" s="104"/>
       <c r="H83" s="32"/>
       <c r="I83" s="32"/>
       <c r="J83" s="32"/>
       <c r="K83" s="32"/>
       <c r="L83" s="32"/>
       <c r="P83" s="32"/>
       <c r="Q83" s="32"/>
     </row>
-    <row r="84" spans="1:29" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="84" spans="1:29" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A84" s="104" t="s">
         <v>82</v>
       </c>
       <c r="B84" s="104" t="s">
         <v>254</v>
       </c>
       <c r="C84" s="105"/>
       <c r="D84" s="106"/>
       <c r="E84" s="105"/>
       <c r="F84" s="104"/>
       <c r="G84" s="104"/>
       <c r="H84" s="18"/>
       <c r="I84" s="32"/>
       <c r="J84" s="32"/>
       <c r="K84" s="32"/>
       <c r="L84" s="32"/>
       <c r="P84" s="32"/>
       <c r="Q84" s="32"/>
     </row>
-    <row r="85" spans="1:29" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="85" spans="1:29" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A85" s="104" t="s">
         <v>83</v>
       </c>
       <c r="B85" s="104" t="s">
         <v>270</v>
       </c>
       <c r="C85" s="105"/>
       <c r="D85" s="105"/>
       <c r="E85" s="106"/>
       <c r="F85" s="104"/>
       <c r="G85" s="106"/>
       <c r="H85" s="32"/>
       <c r="I85" s="32"/>
       <c r="J85" s="32"/>
       <c r="K85" s="32"/>
       <c r="L85" s="32"/>
       <c r="P85" s="32"/>
       <c r="Q85" s="32"/>
     </row>
-    <row r="86" spans="1:29" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="86" spans="1:29" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A86" s="107"/>
       <c r="B86" s="107"/>
       <c r="C86" s="107"/>
       <c r="D86" s="107"/>
       <c r="E86" s="107"/>
       <c r="F86" s="107"/>
       <c r="G86" s="107"/>
       <c r="P86" s="10"/>
       <c r="Q86" s="10"/>
       <c r="R86" s="10"/>
       <c r="S86" s="10"/>
       <c r="T86" s="10"/>
       <c r="U86" s="10"/>
       <c r="V86" s="10"/>
       <c r="W86" s="10"/>
       <c r="X86" s="10"/>
       <c r="Y86" s="10"/>
       <c r="Z86" s="10"/>
       <c r="AA86" s="10"/>
       <c r="AB86" s="10"/>
       <c r="AC86" s="10"/>
     </row>
-    <row r="87" spans="1:29" s="6" customFormat="1" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A87" s="133" t="s">
+    <row r="87" spans="1:29" s="6" customFormat="1" ht="35.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A87" s="161" t="s">
         <v>255</v>
       </c>
-      <c r="B87" s="133"/>
-[...9 lines deleted...]
-    <row r="91" spans="1:29" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B87" s="161"/>
+      <c r="C87" s="161"/>
+      <c r="D87" s="161"/>
+      <c r="E87" s="161"/>
+      <c r="F87" s="161"/>
+      <c r="G87" s="161"/>
+    </row>
+    <row r="88" spans="1:29" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="89" spans="1:29" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="90" spans="1:29" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="91" spans="1:29" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B91" s="19"/>
       <c r="C91" s="20"/>
       <c r="D91" s="19"/>
       <c r="E91" s="19"/>
       <c r="F91" s="19"/>
       <c r="G91" s="20"/>
     </row>
-    <row r="92" spans="1:29" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="92" spans="1:29" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B92" s="23"/>
       <c r="C92" s="24"/>
       <c r="D92" s="9"/>
       <c r="E92" s="17"/>
       <c r="F92" s="25"/>
       <c r="G92" s="9"/>
     </row>
-    <row r="93" spans="1:29" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="93" spans="1:29" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B93" s="23"/>
       <c r="C93" s="24"/>
       <c r="D93" s="9"/>
       <c r="E93" s="17"/>
       <c r="F93" s="25"/>
       <c r="G93" s="9"/>
       <c r="H93" s="20"/>
       <c r="I93" s="20"/>
       <c r="J93" s="21"/>
       <c r="K93" s="22"/>
       <c r="L93" s="22"/>
       <c r="M93" s="22"/>
       <c r="N93" s="22"/>
       <c r="O93" s="20"/>
       <c r="P93" s="20"/>
       <c r="Q93" s="20"/>
       <c r="R93" s="20"/>
     </row>
-    <row r="94" spans="1:29" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="94" spans="1:29" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B94" s="23"/>
       <c r="C94" s="24"/>
       <c r="D94" s="9"/>
       <c r="E94" s="17"/>
       <c r="F94" s="25"/>
       <c r="G94" s="9"/>
       <c r="H94" s="9"/>
     </row>
-    <row r="95" spans="1:29" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="95" spans="1:29" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B95" s="23"/>
       <c r="C95" s="24"/>
       <c r="D95" s="9"/>
       <c r="E95" s="17"/>
       <c r="F95" s="25"/>
       <c r="G95" s="9"/>
       <c r="H95" s="9"/>
     </row>
-    <row r="96" spans="1:29" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="96" spans="1:29" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A96" s="3"/>
       <c r="B96" s="26"/>
       <c r="C96" s="24"/>
       <c r="D96" s="27"/>
       <c r="E96" s="28"/>
       <c r="F96" s="25"/>
       <c r="G96" s="27"/>
       <c r="H96" s="9"/>
     </row>
-    <row r="97" spans="1:8" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="97" spans="1:8" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A97" s="3"/>
       <c r="B97" s="26"/>
       <c r="C97" s="24"/>
       <c r="D97" s="27"/>
       <c r="E97" s="28"/>
       <c r="F97" s="25"/>
       <c r="G97" s="27"/>
       <c r="H97" s="9"/>
     </row>
   </sheetData>
   <sheetProtection password="DD2A" sheet="1" selectLockedCells="1"/>
   <mergeCells count="43">
-    <mergeCell ref="A42:A43"/>
-[...16 lines deleted...]
-    <mergeCell ref="E3:G3"/>
+    <mergeCell ref="C75:E76"/>
+    <mergeCell ref="I63:I64"/>
+    <mergeCell ref="B17:G17"/>
+    <mergeCell ref="B18:G18"/>
+    <mergeCell ref="C42:C43"/>
+    <mergeCell ref="G42:G43"/>
+    <mergeCell ref="I19:I22"/>
+    <mergeCell ref="I24:I27"/>
+    <mergeCell ref="B41:G41"/>
     <mergeCell ref="A87:G87"/>
     <mergeCell ref="B23:G23"/>
     <mergeCell ref="C63:F63"/>
     <mergeCell ref="C64:F64"/>
     <mergeCell ref="A62:F62"/>
     <mergeCell ref="C72:F74"/>
     <mergeCell ref="C69:F71"/>
     <mergeCell ref="A67:G67"/>
     <mergeCell ref="B47:G47"/>
     <mergeCell ref="B50:G50"/>
     <mergeCell ref="B54:G54"/>
     <mergeCell ref="A60:F60"/>
     <mergeCell ref="B56:G56"/>
     <mergeCell ref="B30:G30"/>
     <mergeCell ref="B32:G32"/>
     <mergeCell ref="B37:G37"/>
-    <mergeCell ref="C75:E76"/>
-[...7 lines deleted...]
-    <mergeCell ref="B41:G41"/>
+    <mergeCell ref="I8:I11"/>
+    <mergeCell ref="I13:I16"/>
+    <mergeCell ref="A1:G1"/>
+    <mergeCell ref="A2:B2"/>
+    <mergeCell ref="A3:B3"/>
+    <mergeCell ref="C4:C5"/>
+    <mergeCell ref="D4:D5"/>
+    <mergeCell ref="E4:F4"/>
+    <mergeCell ref="G4:G5"/>
+    <mergeCell ref="E2:G2"/>
+    <mergeCell ref="E3:G3"/>
+    <mergeCell ref="A42:A43"/>
+    <mergeCell ref="B42:B43"/>
+    <mergeCell ref="A61:F61"/>
+    <mergeCell ref="A63:B64"/>
+    <mergeCell ref="B6:G6"/>
+    <mergeCell ref="B7:G7"/>
+    <mergeCell ref="B12:G12"/>
   </mergeCells>
-  <conditionalFormatting sqref="G60 G65">
-[...1 lines deleted...]
-      <formula>0</formula>
+  <conditionalFormatting sqref="G8:G11">
+    <cfRule type="cellIs" dxfId="128" priority="26" operator="equal">
+      <formula>""</formula>
+    </cfRule>
+    <cfRule type="notContainsText" dxfId="127" priority="27" operator="notContains" text="Eingabe bei Pkt. 1.2">
+      <formula>ISERROR(SEARCH("Eingabe bei Pkt. 1.2",G8))</formula>
+    </cfRule>
+    <cfRule type="containsText" dxfId="126" priority="28" operator="containsText" text="Eingabe bei Pkt. 1.2">
+      <formula>NOT(ISERROR(SEARCH("Eingabe bei Pkt. 1.2",G8)))</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="G28">
-    <cfRule type="cellIs" dxfId="159" priority="61" operator="equal">
+  <conditionalFormatting sqref="G13:G16">
+    <cfRule type="cellIs" dxfId="125" priority="23" operator="equal">
       <formula>""</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="158" priority="62" operator="notEqual">
+    <cfRule type="notContainsText" dxfId="124" priority="24" operator="notContains" text="Eingabe bei Pkt. 1.1">
+      <formula>ISERROR(SEARCH("Eingabe bei Pkt. 1.1",G13))</formula>
+    </cfRule>
+    <cfRule type="containsText" dxfId="123" priority="25" operator="containsText" text="Eingabe bei Pkt. 1.1">
+      <formula>NOT(ISERROR(SEARCH("Eingabe bei Pkt. 1.1",G13)))</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="G19:G22">
+    <cfRule type="cellIs" dxfId="122" priority="8" operator="equal">
       <formula>""</formula>
     </cfRule>
+    <cfRule type="notContainsText" dxfId="121" priority="9" operator="notContains" text="Eingabe bei Pkt. 1.3.2">
+      <formula>ISERROR(SEARCH("Eingabe bei Pkt. 1.3.2",G19))</formula>
+    </cfRule>
+    <cfRule type="containsText" dxfId="120" priority="10" operator="containsText" text="Eingabe bei Pkt. 1.3.2">
+      <formula>NOT(ISERROR(SEARCH("Eingabe bei Pkt. 1.3.2",G19)))</formula>
+    </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="G29">
-    <cfRule type="cellIs" dxfId="157" priority="59" operator="equal">
+  <conditionalFormatting sqref="G24:G27">
+    <cfRule type="containsText" dxfId="119" priority="16" operator="containsText" text="Eingabe bei Pkt. 1.3.1">
+      <formula>NOT(ISERROR(SEARCH("Eingabe bei Pkt. 1.3.1",G24)))</formula>
+    </cfRule>
+    <cfRule type="notContainsText" dxfId="118" priority="15" operator="notContains" text="Eingabe bei Pkt. 1.3.1">
+      <formula>ISERROR(SEARCH("Eingabe bei Pkt. 1.3.1",G24))</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="G24:G29">
+    <cfRule type="cellIs" dxfId="117" priority="14" operator="equal">
       <formula>""</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="156" priority="60" operator="notEqual">
+  </conditionalFormatting>
+  <conditionalFormatting sqref="G28:G29">
+    <cfRule type="cellIs" dxfId="116" priority="60" operator="notEqual">
       <formula>""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G31">
-    <cfRule type="cellIs" dxfId="155" priority="57" operator="equal">
+    <cfRule type="cellIs" dxfId="115" priority="57" operator="equal">
       <formula>""</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="154" priority="58" operator="notEqual">
+    <cfRule type="cellIs" dxfId="114" priority="58" operator="notEqual">
       <formula>""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G33:G36">
-    <cfRule type="cellIs" dxfId="153" priority="55" operator="equal">
+    <cfRule type="cellIs" dxfId="113" priority="55" operator="equal">
       <formula>""</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="152" priority="56" operator="notEqual">
+    <cfRule type="cellIs" dxfId="112" priority="56" operator="notEqual">
       <formula>""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G38:G40">
-    <cfRule type="cellIs" dxfId="151" priority="53" operator="equal">
+    <cfRule type="cellIs" dxfId="111" priority="54" operator="notEqual">
       <formula>""</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="150" priority="54" operator="notEqual">
+    <cfRule type="cellIs" dxfId="110" priority="53" operator="equal">
       <formula>""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G42:G43">
-    <cfRule type="cellIs" dxfId="149" priority="51" operator="equal">
+    <cfRule type="cellIs" dxfId="109" priority="52" operator="notEqual">
       <formula>""</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="148" priority="52" operator="notEqual">
+    <cfRule type="cellIs" dxfId="108" priority="51" operator="equal">
       <formula>""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G45:G46">
-    <cfRule type="cellIs" dxfId="147" priority="49" operator="equal">
+    <cfRule type="cellIs" dxfId="107" priority="50" operator="notEqual">
       <formula>""</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="146" priority="50" operator="notEqual">
+    <cfRule type="cellIs" dxfId="106" priority="49" operator="equal">
       <formula>""</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="G48">
-    <cfRule type="cellIs" dxfId="145" priority="47" operator="equal">
+  <conditionalFormatting sqref="G48:G49">
+    <cfRule type="cellIs" dxfId="105" priority="46" operator="notEqual">
       <formula>""</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="144" priority="48" operator="notEqual">
+    <cfRule type="cellIs" dxfId="104" priority="45" operator="equal">
       <formula>""</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="G49">
-    <cfRule type="cellIs" dxfId="143" priority="45" operator="equal">
+  <conditionalFormatting sqref="G51:G53">
+    <cfRule type="cellIs" dxfId="103" priority="42" operator="notEqual">
       <formula>""</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="142" priority="46" operator="notEqual">
-[...15 lines deleted...]
-    <cfRule type="cellIs" dxfId="138" priority="42" operator="notEqual">
+    <cfRule type="cellIs" dxfId="102" priority="41" operator="equal">
       <formula>""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G55">
-    <cfRule type="cellIs" dxfId="137" priority="39" operator="equal">
+    <cfRule type="cellIs" dxfId="101" priority="40" operator="notEqual">
       <formula>""</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="136" priority="40" operator="notEqual">
+    <cfRule type="cellIs" dxfId="100" priority="39" operator="equal">
       <formula>""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G58:G59">
-    <cfRule type="cellIs" dxfId="135" priority="37" operator="equal">
+    <cfRule type="cellIs" dxfId="99" priority="37" operator="equal">
       <formula>""</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="134" priority="38" operator="notEqual">
+    <cfRule type="cellIs" dxfId="98" priority="38" operator="notEqual">
       <formula>""</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="G60:G65">
+    <cfRule type="cellIs" dxfId="97" priority="1" operator="greaterThan">
+      <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I8">
-    <cfRule type="cellIs" dxfId="133" priority="35" operator="equal">
+    <cfRule type="containsText" dxfId="96" priority="36" operator="containsText" text="Eingabe bei Pkt. 1.2">
+      <formula>NOT(ISERROR(SEARCH("Eingabe bei Pkt. 1.2",I8)))</formula>
+    </cfRule>
+    <cfRule type="cellIs" dxfId="95" priority="35" operator="equal">
       <formula>""</formula>
-    </cfRule>
-[...1 lines deleted...]
-      <formula>NOT(ISERROR(SEARCH("Eingabe bei Pkt. 1.2",I8)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I13">
-    <cfRule type="cellIs" dxfId="131" priority="33" operator="equal">
+    <cfRule type="containsText" dxfId="94" priority="34" operator="containsText" text="Eingabe bei Pkt. 1.1">
+      <formula>NOT(ISERROR(SEARCH("Eingabe bei Pkt. 1.1",I13)))</formula>
+    </cfRule>
+    <cfRule type="cellIs" dxfId="93" priority="33" operator="equal">
       <formula>""</formula>
-    </cfRule>
-[...1 lines deleted...]
-      <formula>NOT(ISERROR(SEARCH("Eingabe bei Pkt. 1.1",I13)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I19">
-    <cfRule type="cellIs" dxfId="129" priority="31" operator="equal">
+    <cfRule type="containsText" dxfId="92" priority="32" operator="containsText" text="Eingabe bei Pkt. 1.3.2">
+      <formula>NOT(ISERROR(SEARCH("Eingabe bei Pkt. 1.3.2",I19)))</formula>
+    </cfRule>
+    <cfRule type="cellIs" dxfId="91" priority="31" operator="equal">
       <formula>""</formula>
-    </cfRule>
-[...1 lines deleted...]
-      <formula>NOT(ISERROR(SEARCH("Eingabe bei Pkt. 1.3.2",I19)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I24">
-    <cfRule type="cellIs" dxfId="127" priority="29" operator="equal">
+    <cfRule type="containsText" dxfId="90" priority="30" operator="containsText" text="Eingabe bei Pkt. 1.3.1">
+      <formula>NOT(ISERROR(SEARCH("Eingabe bei Pkt. 1.3.1",I24)))</formula>
+    </cfRule>
+    <cfRule type="cellIs" dxfId="89" priority="29" operator="equal">
       <formula>""</formula>
-    </cfRule>
-[...45 lines deleted...]
-      <formula>NOT(ISERROR(SEARCH("Eingabe bei Pkt. 1.3.2",G19)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I61">
-    <cfRule type="cellIs" dxfId="113" priority="5" operator="equal">
+    <cfRule type="containsText" dxfId="88" priority="6" operator="containsText" text="Eingabe bei Pkt. 1.2">
+      <formula>NOT(ISERROR(SEARCH("Eingabe bei Pkt. 1.2",I61)))</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="I61:I62">
+    <cfRule type="cellIs" dxfId="87" priority="2" operator="equal">
       <formula>""</formula>
-    </cfRule>
-[...21 lines deleted...]
-      <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="2">
-    <dataValidation type="whole" operator="greaterThan" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="ACHTUNG" error="Anzahl muss eine GANZE ZAHL und größer 0 sein!" sqref="F55 F51:F53 F31 F8:F11 F13:F16 F19:F22 F24:F29 F33:F36 F38:F40 F42:F46 F48:F49 F57 F59">
+    <dataValidation type="whole" operator="greaterThan" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="ACHTUNG" error="Anzahl muss eine GANZE ZAHL und größer 0 sein!" sqref="F55 F51:F53 F31 F8:F11 F13:F16 F19:F22 F24:F29 F33:F36 F38:F40 F42:F46 F48:F49 F57 F59" xr:uid="{00000000-0002-0000-0200-000000000000}">
       <formula1>0</formula1>
     </dataValidation>
-    <dataValidation type="decimal" operator="greaterThan" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="ACHTUNG" error="Anzahl muss eine GANZE ZAHL und größer 0 sein!" sqref="F58">
+    <dataValidation type="decimal" operator="greaterThan" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="ACHTUNG" error="Anzahl muss eine GANZE ZAHL und größer 0 sein!" sqref="F58" xr:uid="{00000000-0002-0000-0200-000001000000}">
       <formula1>0</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="66" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;9&amp;D, &amp;T&amp;C&amp;9Hauptsiedlungsgebiet&amp;R&amp;9Seite &amp;P von &amp;N
 BFP V 2025-1</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="40" max="6" man="1"/>
   </rowBreaks>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{78C0D931-6437-407d-A8EE-F0AAD7539E65}">
       <x14:conditionalFormattings>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
           <x14:cfRule type="containsText" priority="3" operator="containsText" text="Eingabe bei Pkt. 1.2" id="{CB1723A4-D855-44BB-AD6A-22F9DADA2ACF}">
             <xm:f>NOT(ISERROR(SEARCH("Eingabe bei Pkt. 1.2",'Zentrales Hauptsiedlungsgebiet'!I62)))</xm:f>
             <x14:dxf>
               <font>
                 <b/>
                 <i val="0"/>
                 <color theme="0"/>
               </font>
               <fill>
                 <patternFill>
                   <bgColor rgb="FFFF0000"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>I62</xm:sqref>
         </x14:conditionalFormatting>
       </x14:conditionalFormattings>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr codeName="Tabelle5">
     <tabColor theme="6"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AC98"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="80" zoomScaleNormal="80" zoomScalePageLayoutView="55" workbookViewId="0">
       <pane ySplit="5" topLeftCell="A6" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="F8" sqref="F8"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11" defaultRowHeight="13.8" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="7.59765625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7" max="7" width="19.59765625" style="27" customWidth="1"/>
+    <col min="1" max="1" width="7.625" style="3" customWidth="1"/>
+    <col min="2" max="2" width="47.875" style="26" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="35.125" style="24" customWidth="1"/>
+    <col min="4" max="4" width="9.125" style="27" hidden="1" customWidth="1"/>
+    <col min="5" max="5" width="15.625" style="28" customWidth="1"/>
+    <col min="6" max="6" width="11.625" style="25" customWidth="1"/>
+    <col min="7" max="7" width="19.625" style="27" customWidth="1"/>
     <col min="8" max="8" width="11.5" style="27" customWidth="1"/>
-    <col min="9" max="9" width="54.59765625" style="3" customWidth="1"/>
+    <col min="9" max="9" width="54.625" style="3" customWidth="1"/>
     <col min="10" max="18" width="11.5" style="3" customWidth="1"/>
     <col min="19" max="16384" width="11" style="3"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" ht="79.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:10" ht="79.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A1" s="187" t="s">
         <v>156</v>
       </c>
       <c r="B1" s="188"/>
       <c r="C1" s="188"/>
       <c r="D1" s="188"/>
       <c r="E1" s="188"/>
       <c r="F1" s="188"/>
       <c r="G1" s="189"/>
     </row>
-    <row r="2" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A2" s="167" t="s">
+    <row r="2" spans="1:10" ht="15" x14ac:dyDescent="0.25">
+      <c r="A2" s="141" t="s">
         <v>100</v>
       </c>
-      <c r="B2" s="168"/>
+      <c r="B2" s="142"/>
       <c r="C2" s="93" t="s">
         <v>101</v>
       </c>
       <c r="D2" s="94"/>
-      <c r="E2" s="169" t="s">
+      <c r="E2" s="143" t="s">
         <v>102</v>
       </c>
-      <c r="F2" s="170"/>
-[...4 lines deleted...]
-      <c r="B3" s="166"/>
+      <c r="F2" s="144"/>
+      <c r="G2" s="145"/>
+    </row>
+    <row r="3" spans="1:10" ht="39.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="139"/>
+      <c r="B3" s="140"/>
       <c r="C3" s="95"/>
       <c r="D3" s="96"/>
-      <c r="E3" s="165"/>
+      <c r="E3" s="139"/>
       <c r="F3" s="186"/>
-      <c r="G3" s="166"/>
-[...1 lines deleted...]
-    <row r="4" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="G3" s="140"/>
+    </row>
+    <row r="4" spans="1:10" ht="15" x14ac:dyDescent="0.2">
       <c r="A4" s="81"/>
       <c r="B4" s="82"/>
-      <c r="C4" s="181" t="s">
+      <c r="C4" s="131" t="s">
         <v>250</v>
       </c>
-      <c r="D4" s="175"/>
-      <c r="E4" s="177" t="s">
+      <c r="D4" s="125"/>
+      <c r="E4" s="127" t="s">
         <v>64</v>
       </c>
-      <c r="F4" s="178"/>
-      <c r="G4" s="179" t="s">
+      <c r="F4" s="128"/>
+      <c r="G4" s="129" t="s">
         <v>65</v>
       </c>
     </row>
-    <row r="5" spans="1:10" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:10" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A5" s="83"/>
       <c r="B5" s="84"/>
-      <c r="C5" s="182"/>
-      <c r="D5" s="176"/>
+      <c r="C5" s="132"/>
+      <c r="D5" s="126"/>
       <c r="E5" s="85" t="s">
         <v>62</v>
       </c>
       <c r="F5" s="86" t="s">
         <v>60</v>
       </c>
-      <c r="G5" s="180"/>
-[...1 lines deleted...]
-    <row r="6" spans="1:10" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="G5" s="130"/>
+    </row>
+    <row r="6" spans="1:10" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A6" s="54" t="s">
         <v>1</v>
       </c>
-      <c r="B6" s="129" t="s">
+      <c r="B6" s="133" t="s">
         <v>7</v>
       </c>
-      <c r="C6" s="130"/>
-[...3 lines deleted...]
-      <c r="G6" s="131"/>
+      <c r="C6" s="134"/>
+      <c r="D6" s="134"/>
+      <c r="E6" s="134"/>
+      <c r="F6" s="134"/>
+      <c r="G6" s="135"/>
       <c r="H6" s="1"/>
       <c r="I6" s="2"/>
       <c r="J6" s="2"/>
     </row>
-    <row r="7" spans="1:10" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:10" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="118" t="s">
         <v>56</v>
       </c>
-      <c r="B7" s="150" t="s">
+      <c r="B7" s="149" t="s">
         <v>260</v>
       </c>
-      <c r="C7" s="151"/>
-[...3 lines deleted...]
-      <c r="G7" s="152"/>
+      <c r="C7" s="150"/>
+      <c r="D7" s="150"/>
+      <c r="E7" s="150"/>
+      <c r="F7" s="150"/>
+      <c r="G7" s="151"/>
       <c r="H7" s="1"/>
       <c r="I7" s="4"/>
       <c r="J7" s="2"/>
     </row>
-    <row r="8" spans="1:10" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:10" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="36" t="s">
         <v>104</v>
       </c>
       <c r="B8" s="37" t="s">
         <v>105</v>
       </c>
       <c r="C8" s="38" t="s">
         <v>215</v>
       </c>
       <c r="D8" s="90">
         <v>1</v>
       </c>
       <c r="E8" s="39" t="s">
         <v>82</v>
       </c>
       <c r="F8" s="31"/>
       <c r="G8" s="40" t="str">
         <f>IF(F8="","",IF(SUM($F$8:$F$11)&gt;6,"",F8*D8))</f>
         <v/>
       </c>
       <c r="H8" s="5"/>
-      <c r="I8" s="127" t="str">
+      <c r="I8" s="180" t="str">
         <f>IF(SUM(F8:F11)&gt;6,"ACHTUNG:" &amp; CHAR(10) &amp; "Es wurden mehr als 6 WE eingegeben!" &amp; CHAR(10) &amp; "Eingabe bei Pkt. 1.2","")</f>
         <v/>
       </c>
     </row>
-    <row r="9" spans="1:10" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:10" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="36" t="s">
         <v>106</v>
       </c>
       <c r="B9" s="41" t="s">
         <v>109</v>
       </c>
       <c r="C9" s="42" t="s">
         <v>214</v>
       </c>
       <c r="D9" s="90">
         <v>1.5</v>
       </c>
       <c r="E9" s="43" t="s">
         <v>82</v>
       </c>
       <c r="F9" s="29"/>
       <c r="G9" s="40" t="str">
         <f>IF(F9="","",IF(SUM($F$8:$F$11)&gt;6,"",F9*D9))</f>
         <v/>
       </c>
       <c r="H9" s="5"/>
-      <c r="I9" s="127"/>
-[...1 lines deleted...]
-    <row r="10" spans="1:10" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I9" s="180"/>
+    </row>
+    <row r="10" spans="1:10" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="36" t="s">
         <v>107</v>
       </c>
       <c r="B10" s="41" t="s">
         <v>110</v>
       </c>
       <c r="C10" s="42" t="s">
         <v>216</v>
       </c>
       <c r="D10" s="90">
         <v>1.7</v>
       </c>
       <c r="E10" s="43" t="s">
         <v>82</v>
       </c>
       <c r="F10" s="29"/>
       <c r="G10" s="40" t="str">
         <f>IF(F10="","",IF(SUM($F$8:$F$11)&gt;6,"",F10*D10))</f>
         <v/>
       </c>
       <c r="H10" s="7"/>
-      <c r="I10" s="127"/>
-[...1 lines deleted...]
-    <row r="11" spans="1:10" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I10" s="180"/>
+    </row>
+    <row r="11" spans="1:10" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="36" t="s">
         <v>108</v>
       </c>
       <c r="B11" s="41" t="s">
         <v>115</v>
       </c>
       <c r="C11" s="42" t="s">
         <v>217</v>
       </c>
       <c r="D11" s="90">
         <v>2</v>
       </c>
       <c r="E11" s="43" t="s">
         <v>82</v>
       </c>
       <c r="F11" s="29"/>
       <c r="G11" s="40" t="str">
         <f>IF(F11="","",IF(SUM($F$8:$F$11)&gt;6,"",F11*D11))</f>
         <v/>
       </c>
       <c r="H11" s="7"/>
-      <c r="I11" s="127"/>
-[...1 lines deleted...]
-    <row r="12" spans="1:10" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I11" s="180"/>
+    </row>
+    <row r="12" spans="1:10" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="117" t="s">
         <v>2</v>
       </c>
-      <c r="B12" s="153" t="s">
+      <c r="B12" s="152" t="s">
         <v>261</v>
       </c>
-      <c r="C12" s="154"/>
-[...3 lines deleted...]
-      <c r="G12" s="155"/>
+      <c r="C12" s="153"/>
+      <c r="D12" s="153"/>
+      <c r="E12" s="153"/>
+      <c r="F12" s="153"/>
+      <c r="G12" s="154"/>
       <c r="H12" s="7"/>
     </row>
-    <row r="13" spans="1:10" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:10" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="36" t="s">
         <v>111</v>
       </c>
       <c r="B13" s="41" t="s">
         <v>105</v>
       </c>
       <c r="C13" s="42" t="s">
         <v>238</v>
       </c>
       <c r="D13" s="90">
         <f>1 * 0.85</f>
         <v>0.85</v>
       </c>
       <c r="E13" s="43" t="s">
         <v>82</v>
       </c>
       <c r="F13" s="29"/>
       <c r="G13" s="44" t="str">
         <f>IF(F13="","",IF(SUM($F$13:$F$16)&gt;6,F13*D13,""))</f>
         <v/>
       </c>
       <c r="H13" s="7"/>
-      <c r="I13" s="127" t="str">
+      <c r="I13" s="180" t="str">
         <f>IF(AND(F13="",F14="",F15="",F16=""),"",IF(SUM(F13:F16)&gt;6,"","ACHTUNG:" &amp; CHAR(10) &amp; "Kontrollieren Sie bitte ob es sich um eine Wohnanlage handelt!" &amp; CHAR(10) &amp; "Eingabe bei Pkt. 1.1"))</f>
         <v/>
       </c>
     </row>
-    <row r="14" spans="1:10" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:10" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="36" t="s">
         <v>112</v>
       </c>
       <c r="B14" s="41" t="s">
         <v>109</v>
       </c>
       <c r="C14" s="42" t="s">
         <v>239</v>
       </c>
       <c r="D14" s="90">
         <f>1.5 * 0.85</f>
         <v>1.2749999999999999</v>
       </c>
       <c r="E14" s="43" t="s">
         <v>82</v>
       </c>
       <c r="F14" s="29"/>
       <c r="G14" s="44" t="str">
         <f>IF(F14="","",IF(SUM($F$13:$F$16)&gt;6,F14*D14,""))</f>
         <v/>
       </c>
       <c r="H14" s="7"/>
-      <c r="I14" s="127"/>
-[...1 lines deleted...]
-    <row r="15" spans="1:10" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I14" s="180"/>
+    </row>
+    <row r="15" spans="1:10" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="36" t="s">
         <v>113</v>
       </c>
       <c r="B15" s="41" t="s">
         <v>110</v>
       </c>
       <c r="C15" s="42" t="s">
         <v>230</v>
       </c>
       <c r="D15" s="90">
         <f>1.7 * 0.85</f>
         <v>1.4449999999999998</v>
       </c>
       <c r="E15" s="43" t="s">
         <v>82</v>
       </c>
       <c r="F15" s="29"/>
       <c r="G15" s="44" t="str">
         <f>IF(F15="","",IF(SUM($F$13:$F$16)&gt;6,F15*D15,""))</f>
         <v/>
       </c>
       <c r="H15" s="7"/>
-      <c r="I15" s="127"/>
-[...1 lines deleted...]
-    <row r="16" spans="1:10" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I15" s="180"/>
+    </row>
+    <row r="16" spans="1:10" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="36" t="s">
         <v>114</v>
       </c>
       <c r="B16" s="41" t="s">
         <v>115</v>
       </c>
       <c r="C16" s="42" t="s">
         <v>240</v>
       </c>
       <c r="D16" s="90">
         <f>2 * 0.85</f>
         <v>1.7</v>
       </c>
       <c r="E16" s="43" t="s">
         <v>82</v>
       </c>
       <c r="F16" s="29"/>
       <c r="G16" s="44" t="str">
         <f>IF(F16="","",IF(SUM($F$13:$F$16)&gt;6,F16*D16,""))</f>
         <v/>
       </c>
       <c r="H16" s="7"/>
-      <c r="I16" s="127"/>
-[...1 lines deleted...]
-    <row r="17" spans="1:9" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I16" s="180"/>
+    </row>
+    <row r="17" spans="1:9" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="117" t="s">
         <v>3</v>
       </c>
-      <c r="B17" s="150" t="s">
+      <c r="B17" s="149" t="s">
         <v>120</v>
       </c>
-      <c r="C17" s="151"/>
-[...3 lines deleted...]
-      <c r="G17" s="152"/>
+      <c r="C17" s="150"/>
+      <c r="D17" s="150"/>
+      <c r="E17" s="150"/>
+      <c r="F17" s="150"/>
+      <c r="G17" s="151"/>
       <c r="H17" s="7"/>
     </row>
-    <row r="18" spans="1:9" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:9" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="45" t="s">
         <v>116</v>
       </c>
-      <c r="B18" s="159" t="s">
+      <c r="B18" s="158" t="s">
         <v>118</v>
       </c>
-      <c r="C18" s="160"/>
-[...3 lines deleted...]
-      <c r="G18" s="161"/>
+      <c r="C18" s="159"/>
+      <c r="D18" s="159"/>
+      <c r="E18" s="159"/>
+      <c r="F18" s="159"/>
+      <c r="G18" s="160"/>
       <c r="H18" s="7"/>
     </row>
-    <row r="19" spans="1:9" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:9" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="36" t="s">
         <v>121</v>
       </c>
       <c r="B19" s="41" t="s">
         <v>105</v>
       </c>
       <c r="C19" s="42" t="s">
         <v>233</v>
       </c>
       <c r="D19" s="90">
         <f>1*0.75</f>
         <v>0.75</v>
       </c>
       <c r="E19" s="43" t="s">
         <v>82</v>
       </c>
       <c r="F19" s="29"/>
       <c r="G19" s="44" t="str">
         <f>IF(F19="","",IF(SUM($F$19:$F$22)&gt;5,"",F19*D19))</f>
         <v/>
       </c>
       <c r="H19" s="7"/>
-      <c r="I19" s="127" t="str">
+      <c r="I19" s="180" t="str">
         <f>IF(SUM(F19:F22)&gt;5,"ACHTUNG:" &amp; CHAR(10) &amp; "Es wurden mehr als 5 WE eingegeben!" &amp; CHAR(10) &amp; "Eingabe bei Pkt. 1.3.2","")</f>
         <v/>
       </c>
     </row>
-    <row r="20" spans="1:9" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:9" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="36" t="s">
         <v>122</v>
       </c>
       <c r="B20" s="41" t="s">
         <v>109</v>
       </c>
       <c r="C20" s="42" t="s">
         <v>234</v>
       </c>
       <c r="D20" s="90">
         <f>1.5 * 0.75</f>
         <v>1.125</v>
       </c>
       <c r="E20" s="43" t="s">
         <v>82</v>
       </c>
       <c r="F20" s="29"/>
       <c r="G20" s="44" t="str">
         <f t="shared" ref="G20:G22" si="0">IF(F20="","",IF(SUM($F$19:$F$22)&gt;5,"",F20*D20))</f>
         <v/>
       </c>
       <c r="H20" s="7"/>
-      <c r="I20" s="127"/>
-[...1 lines deleted...]
-    <row r="21" spans="1:9" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I20" s="180"/>
+    </row>
+    <row r="21" spans="1:9" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="36" t="s">
         <v>123</v>
       </c>
       <c r="B21" s="41" t="s">
         <v>110</v>
       </c>
       <c r="C21" s="42" t="s">
         <v>222</v>
       </c>
       <c r="D21" s="90">
         <f>1.7 * 0.75</f>
         <v>1.2749999999999999</v>
       </c>
       <c r="E21" s="43" t="s">
         <v>82</v>
       </c>
       <c r="F21" s="29"/>
       <c r="G21" s="44" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="H21" s="7"/>
-      <c r="I21" s="127"/>
-[...1 lines deleted...]
-    <row r="22" spans="1:9" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I21" s="180"/>
+    </row>
+    <row r="22" spans="1:9" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="36" t="s">
         <v>124</v>
       </c>
       <c r="B22" s="41" t="s">
         <v>115</v>
       </c>
       <c r="C22" s="42" t="s">
         <v>235</v>
       </c>
       <c r="D22" s="90">
         <f>2*0.75</f>
         <v>1.5</v>
       </c>
       <c r="E22" s="43" t="s">
         <v>82</v>
       </c>
       <c r="F22" s="29"/>
       <c r="G22" s="44" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="H22" s="7"/>
-      <c r="I22" s="127"/>
-[...1 lines deleted...]
-    <row r="23" spans="1:9" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I22" s="180"/>
+    </row>
+    <row r="23" spans="1:9" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="45" t="s">
         <v>117</v>
       </c>
-      <c r="B23" s="156" t="s">
+      <c r="B23" s="155" t="s">
         <v>119</v>
       </c>
-      <c r="C23" s="157"/>
-[...3 lines deleted...]
-      <c r="G23" s="158"/>
+      <c r="C23" s="156"/>
+      <c r="D23" s="156"/>
+      <c r="E23" s="156"/>
+      <c r="F23" s="156"/>
+      <c r="G23" s="157"/>
       <c r="H23" s="7"/>
     </row>
-    <row r="24" spans="1:9" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:9" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="36" t="s">
         <v>125</v>
       </c>
       <c r="B24" s="41" t="s">
         <v>105</v>
       </c>
       <c r="C24" s="42" t="s">
         <v>246</v>
       </c>
       <c r="D24" s="90">
         <f>1 * 0.65</f>
         <v>0.65</v>
       </c>
       <c r="E24" s="43" t="s">
         <v>82</v>
       </c>
       <c r="F24" s="29"/>
       <c r="G24" s="44" t="str">
         <f>IF(F24="","",IF(SUM($F$24:$F$29)&gt;5,F24*D24,""))</f>
         <v/>
       </c>
       <c r="H24" s="7"/>
-      <c r="I24" s="127" t="str">
+      <c r="I24" s="180" t="str">
         <f>IF(AND(F24="",F25="",F26="",F27=""),"",IF(SUM(F24:F27)&gt;5,"","ACHTUNG:" &amp; CHAR(10) &amp; "Kontrollieren Sie bitte ob es sich um eine Wohnanlage handelt!" &amp; CHAR(10) &amp; "Eingabe bei Pkt. 1.3.1"))</f>
         <v/>
       </c>
     </row>
-    <row r="25" spans="1:9" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:9" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="36" t="s">
         <v>126</v>
       </c>
       <c r="B25" s="41" t="s">
         <v>109</v>
       </c>
       <c r="C25" s="42" t="s">
         <v>236</v>
       </c>
       <c r="D25" s="90">
         <f>1.5*0.65</f>
         <v>0.97500000000000009</v>
       </c>
       <c r="E25" s="43" t="s">
         <v>82</v>
       </c>
       <c r="F25" s="29"/>
       <c r="G25" s="44" t="str">
         <f t="shared" ref="G25:G27" si="1">IF(F25="","",IF(SUM($F$24:$F$29)&gt;5,F25*D25,""))</f>
         <v/>
       </c>
       <c r="H25" s="7"/>
-      <c r="I25" s="127"/>
-[...1 lines deleted...]
-    <row r="26" spans="1:9" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I25" s="180"/>
+    </row>
+    <row r="26" spans="1:9" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="36" t="s">
         <v>127</v>
       </c>
       <c r="B26" s="41" t="s">
         <v>110</v>
       </c>
       <c r="C26" s="42" t="s">
         <v>226</v>
       </c>
       <c r="D26" s="90">
         <f>1.7*0.65</f>
         <v>1.105</v>
       </c>
       <c r="E26" s="43" t="s">
         <v>82</v>
       </c>
       <c r="F26" s="29"/>
       <c r="G26" s="44" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
       <c r="H26" s="7"/>
-      <c r="I26" s="127"/>
-[...1 lines deleted...]
-    <row r="27" spans="1:9" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I26" s="180"/>
+    </row>
+    <row r="27" spans="1:9" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="36" t="s">
         <v>128</v>
       </c>
       <c r="B27" s="41" t="s">
         <v>115</v>
       </c>
       <c r="C27" s="42" t="s">
         <v>237</v>
       </c>
       <c r="D27" s="90">
         <f>2*0.65</f>
         <v>1.3</v>
       </c>
       <c r="E27" s="43" t="s">
         <v>82</v>
       </c>
       <c r="F27" s="29"/>
       <c r="G27" s="44" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
       <c r="H27" s="7"/>
-      <c r="I27" s="127"/>
-[...1 lines deleted...]
-    <row r="28" spans="1:9" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I27" s="180"/>
+    </row>
+    <row r="28" spans="1:9" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="45" t="s">
         <v>5</v>
       </c>
       <c r="B28" s="46" t="s">
         <v>4</v>
       </c>
       <c r="C28" s="47" t="s">
         <v>158</v>
       </c>
       <c r="D28" s="90">
         <f>1/20</f>
         <v>0.05</v>
       </c>
       <c r="E28" s="43" t="s">
         <v>200</v>
       </c>
       <c r="F28" s="29"/>
       <c r="G28" s="44" t="str">
         <f>IF(F28="","",IF(F28*D28&lt;2,2,F28*D28))</f>
         <v/>
       </c>
       <c r="H28" s="8"/>
       <c r="I28" s="107" t="s">
         <v>269</v>
       </c>
     </row>
-    <row r="29" spans="1:9" s="6" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:9" s="6" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A29" s="49" t="s">
         <v>99</v>
       </c>
       <c r="B29" s="50" t="s">
         <v>6</v>
       </c>
       <c r="C29" s="51" t="s">
         <v>177</v>
       </c>
       <c r="D29" s="90">
         <f>1/3</f>
         <v>0.33333333333333331</v>
       </c>
       <c r="E29" s="52" t="s">
         <v>200</v>
       </c>
       <c r="F29" s="33"/>
       <c r="G29" s="53" t="str">
         <f>IF(F29="","",IF(F29*D29&lt;2,2,F29*D29))</f>
         <v/>
       </c>
       <c r="H29" s="7"/>
       <c r="I29" s="124">
         <f>ROUND(SUM(G8:G11,G13:G16,G19:G22,G24:G29),0)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="30" spans="1:9" s="6" customFormat="1" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:9" s="6" customFormat="1" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A30" s="54" t="s">
         <v>8</v>
       </c>
-      <c r="B30" s="129" t="s">
+      <c r="B30" s="133" t="s">
         <v>0</v>
       </c>
-      <c r="C30" s="130"/>
-[...3 lines deleted...]
-      <c r="G30" s="131"/>
+      <c r="C30" s="134"/>
+      <c r="D30" s="134"/>
+      <c r="E30" s="134"/>
+      <c r="F30" s="134"/>
+      <c r="G30" s="135"/>
       <c r="H30" s="7"/>
     </row>
-    <row r="31" spans="1:9" s="6" customFormat="1" ht="50.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="31" spans="1:9" s="6" customFormat="1" ht="50.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A31" s="55" t="s">
         <v>9</v>
       </c>
       <c r="B31" s="56" t="s">
         <v>133</v>
       </c>
       <c r="C31" s="57" t="s">
         <v>189</v>
       </c>
       <c r="D31" s="90">
         <f>1/40</f>
         <v>2.5000000000000001E-2</v>
       </c>
       <c r="E31" s="58" t="s">
         <v>201</v>
       </c>
       <c r="F31" s="34"/>
       <c r="G31" s="59" t="str">
         <f>IF(F31="","",IF(F31*D31&lt;2,2,F31*D31))</f>
         <v/>
       </c>
       <c r="H31" s="7"/>
     </row>
-    <row r="32" spans="1:9" s="6" customFormat="1" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="32" spans="1:9" s="6" customFormat="1" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A32" s="54" t="s">
         <v>10</v>
       </c>
-      <c r="B32" s="129" t="s">
+      <c r="B32" s="133" t="s">
         <v>11</v>
       </c>
-      <c r="C32" s="130"/>
-[...3 lines deleted...]
-      <c r="G32" s="131"/>
+      <c r="C32" s="134"/>
+      <c r="D32" s="134"/>
+      <c r="E32" s="134"/>
+      <c r="F32" s="134"/>
+      <c r="G32" s="135"/>
       <c r="H32" s="7"/>
     </row>
-    <row r="33" spans="1:8" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:8" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="60" t="s">
         <v>12</v>
       </c>
       <c r="B33" s="61" t="s">
         <v>17</v>
       </c>
       <c r="C33" s="62" t="s">
         <v>141</v>
       </c>
       <c r="D33" s="90">
         <f>1/20</f>
         <v>0.05</v>
       </c>
       <c r="E33" s="39" t="s">
         <v>202</v>
       </c>
       <c r="F33" s="31"/>
       <c r="G33" s="40" t="str">
         <f>IF(F33="","",IF(F33*D33&lt;2,2,F33*D33))</f>
         <v/>
       </c>
       <c r="H33" s="7"/>
     </row>
-    <row r="34" spans="1:8" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:8" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="63" t="s">
         <v>13</v>
       </c>
       <c r="B34" s="64" t="s">
         <v>134</v>
       </c>
       <c r="C34" s="51" t="s">
         <v>162</v>
       </c>
       <c r="D34" s="90">
         <f>1/15</f>
         <v>6.6666666666666666E-2</v>
       </c>
       <c r="E34" s="43" t="s">
         <v>202</v>
       </c>
       <c r="F34" s="29"/>
       <c r="G34" s="44" t="str">
         <f>IF(F34="","",IF(F34*D34&lt;2,2,F34*D34))</f>
         <v/>
       </c>
       <c r="H34" s="7"/>
     </row>
-    <row r="35" spans="1:8" s="6" customFormat="1" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:8" s="6" customFormat="1" ht="34.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="65" t="s">
         <v>14</v>
       </c>
       <c r="B35" s="103" t="s">
         <v>252</v>
       </c>
       <c r="C35" s="51" t="s">
         <v>162</v>
       </c>
       <c r="D35" s="90">
         <f>1/15</f>
         <v>6.6666666666666666E-2</v>
       </c>
       <c r="E35" s="43" t="s">
         <v>202</v>
       </c>
       <c r="F35" s="29"/>
       <c r="G35" s="44" t="str">
         <f>IF(F35="","",IF(F35*D35&lt;2,2,F35*D35))</f>
         <v/>
       </c>
       <c r="H35" s="8"/>
     </row>
-    <row r="36" spans="1:8" s="6" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="36" spans="1:8" s="6" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A36" s="70" t="s">
         <v>16</v>
       </c>
       <c r="B36" s="50" t="s">
         <v>18</v>
       </c>
       <c r="C36" s="71" t="s">
         <v>163</v>
       </c>
       <c r="D36" s="90">
         <f>1/100</f>
         <v>0.01</v>
       </c>
       <c r="E36" s="52" t="s">
         <v>203</v>
       </c>
       <c r="F36" s="33"/>
       <c r="G36" s="53" t="str">
         <f>IF(F36="","",F36*D36)</f>
         <v/>
       </c>
       <c r="H36" s="8"/>
     </row>
-    <row r="37" spans="1:8" s="6" customFormat="1" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="37" spans="1:8" s="6" customFormat="1" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A37" s="54" t="s">
         <v>19</v>
       </c>
-      <c r="B37" s="129" t="s">
+      <c r="B37" s="133" t="s">
         <v>20</v>
       </c>
-      <c r="C37" s="130"/>
-[...3 lines deleted...]
-      <c r="G37" s="131"/>
+      <c r="C37" s="134"/>
+      <c r="D37" s="134"/>
+      <c r="E37" s="134"/>
+      <c r="F37" s="134"/>
+      <c r="G37" s="135"/>
       <c r="H37" s="8"/>
     </row>
-    <row r="38" spans="1:8" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:8" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="72" t="s">
         <v>21</v>
       </c>
       <c r="B38" s="61" t="s">
         <v>22</v>
       </c>
       <c r="C38" s="47" t="s">
         <v>190</v>
       </c>
       <c r="D38" s="90">
         <f>1/8</f>
         <v>0.125</v>
       </c>
       <c r="E38" s="43" t="s">
         <v>204</v>
       </c>
       <c r="F38" s="29"/>
       <c r="G38" s="53" t="str">
         <f>IF(F38="","",IF(F38*D38&lt;2,2,F38*D38))</f>
         <v/>
       </c>
       <c r="H38" s="7"/>
     </row>
-    <row r="39" spans="1:8" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:8" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A39" s="69" t="s">
         <v>23</v>
       </c>
       <c r="B39" s="46" t="s">
         <v>24</v>
       </c>
       <c r="C39" s="47" t="s">
         <v>191</v>
       </c>
       <c r="D39" s="90">
         <f>1/3</f>
         <v>0.33333333333333331</v>
       </c>
       <c r="E39" s="43" t="s">
         <v>200</v>
       </c>
       <c r="F39" s="29"/>
       <c r="G39" s="53" t="str">
         <f>IF(F39="","",IF(F39*D39&lt;2,2,F39*D39))</f>
         <v/>
       </c>
       <c r="H39" s="7"/>
     </row>
-    <row r="40" spans="1:8" s="6" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="40" spans="1:8" s="6" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A40" s="70" t="s">
         <v>25</v>
       </c>
       <c r="B40" s="50" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="51" t="s">
         <v>192</v>
       </c>
       <c r="D40" s="90">
         <f>1/10</f>
         <v>0.1</v>
       </c>
       <c r="E40" s="52" t="s">
         <v>200</v>
       </c>
       <c r="F40" s="33"/>
       <c r="G40" s="53" t="str">
         <f>IF(F40="","",IF(F40*D40&lt;2,2,F40*D40))</f>
         <v/>
       </c>
       <c r="H40" s="7"/>
     </row>
-    <row r="41" spans="1:8" s="6" customFormat="1" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="41" spans="1:8" s="6" customFormat="1" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A41" s="54" t="s">
         <v>27</v>
       </c>
-      <c r="B41" s="129" t="s">
+      <c r="B41" s="133" t="s">
         <v>28</v>
       </c>
-      <c r="C41" s="130"/>
-[...3 lines deleted...]
-      <c r="G41" s="131"/>
+      <c r="C41" s="134"/>
+      <c r="D41" s="134"/>
+      <c r="E41" s="134"/>
+      <c r="F41" s="134"/>
+      <c r="G41" s="135"/>
       <c r="H41" s="7"/>
     </row>
-    <row r="42" spans="1:8" s="6" customFormat="1" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A42" s="134" t="s">
+    <row r="42" spans="1:8" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A42" s="162" t="s">
         <v>29</v>
       </c>
-      <c r="B42" s="138" t="s">
+      <c r="B42" s="166" t="s">
         <v>30</v>
       </c>
-      <c r="C42" s="136" t="s">
+      <c r="C42" s="164" t="s">
         <v>193</v>
       </c>
       <c r="D42" s="90">
         <f>1/200</f>
         <v>5.0000000000000001E-3</v>
       </c>
       <c r="E42" s="43" t="s">
         <v>201</v>
       </c>
       <c r="F42" s="29"/>
-      <c r="G42" s="140" t="str">
+      <c r="G42" s="168" t="str">
         <f>IF(F42="","",IF(F43="","",IF(F42*D42+F43*D43&lt;2,2,F42*D42+F43*D43)))</f>
         <v/>
       </c>
       <c r="H42" s="7"/>
     </row>
-    <row r="43" spans="1:8" s="6" customFormat="1" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C43" s="137"/>
+    <row r="43" spans="1:8" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A43" s="163"/>
+      <c r="B43" s="167"/>
+      <c r="C43" s="165"/>
       <c r="D43" s="90">
         <f>1/2</f>
         <v>0.5</v>
       </c>
       <c r="E43" s="43" t="s">
         <v>68</v>
       </c>
       <c r="F43" s="29"/>
-      <c r="G43" s="141"/>
+      <c r="G43" s="169"/>
       <c r="H43" s="8"/>
     </row>
-    <row r="44" spans="1:8" s="6" customFormat="1" ht="33.75" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:8" s="6" customFormat="1" ht="33.75" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="69" t="s">
         <v>31</v>
       </c>
       <c r="B44" s="46" t="s">
         <v>32</v>
       </c>
       <c r="C44" s="47" t="s">
         <v>57</v>
       </c>
       <c r="D44" s="90">
         <v>1.2500000000000001E-2</v>
       </c>
       <c r="E44" s="43" t="s">
         <v>61</v>
       </c>
       <c r="F44" s="29"/>
       <c r="G44" s="73" t="str">
         <f>IF($F$44="","",$F$44*$D$44)</f>
         <v/>
       </c>
       <c r="H44" s="8"/>
     </row>
-    <row r="45" spans="1:8" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:8" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A45" s="69" t="s">
         <v>31</v>
       </c>
       <c r="B45" s="46" t="s">
         <v>32</v>
       </c>
       <c r="C45" s="42" t="s">
         <v>194</v>
       </c>
       <c r="D45" s="90">
         <f>1/150</f>
         <v>6.6666666666666671E-3</v>
       </c>
       <c r="E45" s="43" t="s">
         <v>205</v>
       </c>
       <c r="F45" s="29"/>
       <c r="G45" s="53" t="str">
         <f>IF(F45="","",F45*D45)</f>
         <v/>
       </c>
       <c r="H45" s="8"/>
     </row>
-    <row r="46" spans="1:8" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="46" spans="1:8" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A46" s="70" t="s">
         <v>33</v>
       </c>
       <c r="B46" s="50" t="s">
         <v>34</v>
       </c>
       <c r="C46" s="51" t="s">
         <v>58</v>
       </c>
       <c r="D46" s="90">
         <v>2</v>
       </c>
       <c r="E46" s="52" t="s">
         <v>34</v>
       </c>
       <c r="F46" s="33"/>
       <c r="G46" s="53" t="str">
         <f>IF(F46="","",F46*D46)</f>
         <v/>
       </c>
       <c r="H46" s="8"/>
     </row>
-    <row r="47" spans="1:8" s="6" customFormat="1" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="47" spans="1:8" s="6" customFormat="1" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A47" s="54" t="s">
         <v>35</v>
       </c>
-      <c r="B47" s="129" t="s">
+      <c r="B47" s="133" t="s">
         <v>36</v>
       </c>
-      <c r="C47" s="130"/>
-[...3 lines deleted...]
-      <c r="G47" s="131"/>
+      <c r="C47" s="134"/>
+      <c r="D47" s="134"/>
+      <c r="E47" s="134"/>
+      <c r="F47" s="134"/>
+      <c r="G47" s="135"/>
       <c r="H47" s="8"/>
     </row>
-    <row r="48" spans="1:8" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:8" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A48" s="72" t="s">
         <v>37</v>
       </c>
       <c r="B48" s="61" t="s">
         <v>146</v>
       </c>
       <c r="C48" s="62" t="s">
         <v>195</v>
       </c>
       <c r="D48" s="90">
         <f>1/5</f>
         <v>0.2</v>
       </c>
       <c r="E48" s="39" t="s">
         <v>70</v>
       </c>
       <c r="F48" s="31"/>
       <c r="G48" s="53" t="str">
         <f>IF(F48="","",F48*D48)</f>
         <v/>
       </c>
       <c r="H48" s="7"/>
     </row>
-    <row r="49" spans="1:19" s="6" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="49" spans="1:19" s="6" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A49" s="70" t="s">
         <v>38</v>
       </c>
       <c r="B49" s="50" t="s">
         <v>148</v>
       </c>
       <c r="C49" s="51" t="s">
         <v>178</v>
       </c>
       <c r="D49" s="90">
         <f>1/10</f>
         <v>0.1</v>
       </c>
       <c r="E49" s="52" t="s">
         <v>70</v>
       </c>
       <c r="F49" s="33"/>
       <c r="G49" s="53" t="str">
         <f>IF(F49="","",F49*D49)</f>
         <v/>
       </c>
       <c r="H49" s="7"/>
     </row>
-    <row r="50" spans="1:19" s="6" customFormat="1" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="50" spans="1:19" s="6" customFormat="1" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A50" s="54" t="s">
         <v>39</v>
       </c>
-      <c r="B50" s="129" t="s">
+      <c r="B50" s="133" t="s">
         <v>40</v>
       </c>
-      <c r="C50" s="130"/>
-[...3 lines deleted...]
-      <c r="G50" s="131"/>
+      <c r="C50" s="134"/>
+      <c r="D50" s="134"/>
+      <c r="E50" s="134"/>
+      <c r="F50" s="134"/>
+      <c r="G50" s="135"/>
       <c r="H50" s="7"/>
     </row>
-    <row r="51" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="72" t="s">
         <v>41</v>
       </c>
       <c r="B51" s="61" t="s">
         <v>42</v>
       </c>
       <c r="C51" s="62" t="s">
         <v>196</v>
       </c>
       <c r="D51" s="90">
         <f>1/1</f>
         <v>1</v>
       </c>
       <c r="E51" s="39" t="s">
         <v>206</v>
       </c>
       <c r="F51" s="31"/>
       <c r="G51" s="53" t="str">
         <f>IF(F51="","",F51*D51)</f>
         <v/>
       </c>
       <c r="H51" s="7"/>
     </row>
-    <row r="52" spans="1:19" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:19" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A52" s="69" t="s">
         <v>43</v>
       </c>
       <c r="B52" s="46" t="s">
         <v>44</v>
       </c>
       <c r="C52" s="47" t="s">
         <v>197</v>
       </c>
       <c r="D52" s="90">
         <f>1/1</f>
         <v>1</v>
       </c>
       <c r="E52" s="43" t="s">
         <v>207</v>
       </c>
       <c r="F52" s="29"/>
       <c r="G52" s="53" t="str">
         <f t="shared" ref="G52" si="2">IF(F52="","",F52*D52)</f>
         <v/>
       </c>
       <c r="H52" s="7"/>
     </row>
-    <row r="53" spans="1:19" s="6" customFormat="1" ht="42" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="53" spans="1:19" s="6" customFormat="1" ht="43.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A53" s="70" t="s">
         <v>45</v>
       </c>
       <c r="B53" s="50" t="s">
         <v>256</v>
       </c>
       <c r="C53" s="51" t="s">
         <v>257</v>
       </c>
       <c r="D53" s="90">
         <f>1/10</f>
         <v>0.1</v>
       </c>
       <c r="E53" s="52" t="s">
         <v>208</v>
       </c>
       <c r="F53" s="33"/>
       <c r="G53" s="53" t="str">
         <f>IF(F53="","",IF(F53*D53&lt;2,2,F53*D53))</f>
         <v/>
       </c>
       <c r="H53" s="7"/>
     </row>
-    <row r="54" spans="1:19" s="6" customFormat="1" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="54" spans="1:19" s="6" customFormat="1" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A54" s="54" t="s">
         <v>47</v>
       </c>
-      <c r="B54" s="129" t="s">
+      <c r="B54" s="133" t="s">
         <v>46</v>
       </c>
-      <c r="C54" s="130"/>
-[...3 lines deleted...]
-      <c r="G54" s="131"/>
+      <c r="C54" s="134"/>
+      <c r="D54" s="134"/>
+      <c r="E54" s="134"/>
+      <c r="F54" s="134"/>
+      <c r="G54" s="135"/>
       <c r="H54" s="7"/>
     </row>
-    <row r="55" spans="1:19" s="6" customFormat="1" ht="28.2" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="55" spans="1:19" s="6" customFormat="1" ht="29.25" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A55" s="74" t="s">
         <v>48</v>
       </c>
       <c r="B55" s="75" t="s">
         <v>49</v>
       </c>
       <c r="C55" s="51" t="s">
         <v>198</v>
       </c>
       <c r="D55" s="90">
         <f>1/8</f>
         <v>0.125</v>
       </c>
       <c r="E55" s="52" t="s">
         <v>200</v>
       </c>
       <c r="F55" s="33"/>
       <c r="G55" s="53" t="str">
         <f>IF(F55="","",F55*D55)</f>
         <v/>
       </c>
       <c r="H55" s="7"/>
     </row>
-    <row r="56" spans="1:19" s="6" customFormat="1" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="56" spans="1:19" s="6" customFormat="1" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A56" s="54" t="s">
         <v>50</v>
       </c>
-      <c r="B56" s="129" t="s">
+      <c r="B56" s="133" t="s">
         <v>51</v>
       </c>
-      <c r="C56" s="130"/>
-[...3 lines deleted...]
-      <c r="G56" s="131"/>
+      <c r="C56" s="134"/>
+      <c r="D56" s="134"/>
+      <c r="E56" s="134"/>
+      <c r="F56" s="134"/>
+      <c r="G56" s="135"/>
       <c r="H56" s="7"/>
     </row>
-    <row r="57" spans="1:19" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:19" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
       <c r="A57" s="72" t="s">
         <v>55</v>
       </c>
       <c r="B57" s="61" t="s">
         <v>54</v>
       </c>
       <c r="C57" s="62" t="s">
         <v>59</v>
       </c>
       <c r="D57" s="48">
         <v>0.5</v>
       </c>
       <c r="E57" s="39" t="s">
         <v>63</v>
       </c>
       <c r="F57" s="88"/>
       <c r="G57" s="89" t="str">
         <f>IF($F$57="","",$F$57*$D$57)</f>
         <v/>
       </c>
       <c r="H57" s="7"/>
     </row>
-    <row r="58" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A58" s="70" t="s">
         <v>52</v>
       </c>
       <c r="B58" s="50" t="s">
         <v>15</v>
       </c>
       <c r="C58" s="51" t="s">
         <v>199</v>
       </c>
       <c r="D58" s="90">
         <f>1/2</f>
         <v>0.5</v>
       </c>
       <c r="E58" s="52" t="s">
         <v>209</v>
       </c>
       <c r="F58" s="87"/>
       <c r="G58" s="53" t="str">
         <f>IF(F58="","",F58*D58)</f>
         <v/>
       </c>
       <c r="H58" s="7"/>
       <c r="I58" s="107" t="s">
         <v>268</v>
       </c>
     </row>
-    <row r="59" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="59" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A59" s="76" t="s">
         <v>53</v>
       </c>
       <c r="B59" s="77" t="s">
         <v>54</v>
       </c>
       <c r="C59" s="78" t="s">
         <v>59</v>
       </c>
       <c r="D59" s="92">
         <f>1/2</f>
         <v>0.5</v>
       </c>
       <c r="E59" s="79" t="s">
         <v>210</v>
       </c>
       <c r="F59" s="30"/>
       <c r="G59" s="53" t="str">
         <f>IF(F59="","",F59*D59)</f>
         <v/>
       </c>
       <c r="H59" s="7"/>
       <c r="I59" s="124">
         <f>ROUND(SUM(G31,G33:G36,G38:G40,G42:G46,G48:G49,G51:G53,G55,G58:G59),0)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="60" spans="1:19" s="6" customFormat="1" ht="39.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A60" s="142" t="s">
+    <row r="60" spans="1:19" s="6" customFormat="1" ht="39.950000000000003" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A60" s="170" t="s">
         <v>98</v>
       </c>
-      <c r="B60" s="143"/>
-[...3 lines deleted...]
-      <c r="F60" s="144"/>
+      <c r="B60" s="171"/>
+      <c r="C60" s="171"/>
+      <c r="D60" s="171"/>
+      <c r="E60" s="171"/>
+      <c r="F60" s="172"/>
       <c r="G60" s="80">
         <f>SUM($G$6:$G$59)</f>
         <v>0</v>
       </c>
       <c r="H60" s="7"/>
     </row>
-    <row r="61" spans="1:19" s="6" customFormat="1" ht="39.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A61" s="142" t="s">
+    <row r="61" spans="1:19" s="6" customFormat="1" ht="39.950000000000003" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A61" s="170" t="s">
         <v>264</v>
       </c>
-      <c r="B61" s="143"/>
-[...3 lines deleted...]
-      <c r="F61" s="144"/>
+      <c r="B61" s="171"/>
+      <c r="C61" s="171"/>
+      <c r="D61" s="171"/>
+      <c r="E61" s="171"/>
+      <c r="F61" s="172"/>
       <c r="G61" s="80">
         <f>IF(G60=SUM(G8:G11),0,IF((G60-SUM(G8:G11))&gt;=5,ROUNDUP((G60-SUM(G8:G11))/20,0),0))</f>
         <v>0</v>
       </c>
       <c r="H61" s="7"/>
       <c r="I61" s="123" t="str">
         <f>IF(F48="","","ACHTUNG:" &amp; CHAR(10) &amp; "separate Regeln für Veranstaltungsstätten")</f>
         <v/>
       </c>
     </row>
-    <row r="62" spans="1:19" s="6" customFormat="1" ht="39.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A62" s="145" t="s">
+    <row r="62" spans="1:19" s="6" customFormat="1" ht="39.950000000000003" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A62" s="173" t="s">
         <v>271</v>
       </c>
-      <c r="B62" s="143"/>
-[...3 lines deleted...]
-      <c r="F62" s="144"/>
+      <c r="B62" s="171"/>
+      <c r="C62" s="171"/>
+      <c r="D62" s="171"/>
+      <c r="E62" s="171"/>
+      <c r="F62" s="172"/>
       <c r="G62" s="80">
         <f>IF(SUM(G13:G16)=0,0,SUM(G13:G16)*0.13)</f>
         <v>0</v>
       </c>
       <c r="H62" s="7"/>
       <c r="I62" s="123"/>
       <c r="J62" s="107"/>
       <c r="K62" s="107"/>
       <c r="L62" s="107"/>
       <c r="M62" s="107"/>
       <c r="N62" s="107"/>
       <c r="O62" s="107"/>
       <c r="P62" s="107"/>
       <c r="Q62" s="107"/>
       <c r="R62" s="107"/>
       <c r="S62" s="107"/>
     </row>
-    <row r="63" spans="1:19" s="6" customFormat="1" ht="39.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A63" s="146" t="s">
+    <row r="63" spans="1:19" s="6" customFormat="1" ht="39.950000000000003" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A63" s="174" t="s">
         <v>266</v>
       </c>
-      <c r="B63" s="147"/>
-      <c r="C63" s="142" t="s">
+      <c r="B63" s="175"/>
+      <c r="C63" s="170" t="s">
         <v>262</v>
       </c>
-      <c r="D63" s="143"/>
-[...1 lines deleted...]
-      <c r="F63" s="144"/>
+      <c r="D63" s="171"/>
+      <c r="E63" s="171"/>
+      <c r="F63" s="172"/>
       <c r="G63" s="80">
         <f>IF(I59&gt;10,1,0)</f>
         <v>0</v>
       </c>
       <c r="H63" s="7"/>
-      <c r="I63" s="132" t="s">
+      <c r="I63" s="182" t="s">
         <v>267</v>
       </c>
     </row>
-    <row r="64" spans="1:19" s="6" customFormat="1" ht="39.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-      <c r="C64" s="145" t="s">
+    <row r="64" spans="1:19" s="6" customFormat="1" ht="39.950000000000003" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A64" s="176"/>
+      <c r="B64" s="177"/>
+      <c r="C64" s="173" t="s">
         <v>263</v>
       </c>
-      <c r="D64" s="143"/>
-[...1 lines deleted...]
-      <c r="F64" s="144"/>
+      <c r="D64" s="171"/>
+      <c r="E64" s="171"/>
+      <c r="F64" s="172"/>
       <c r="G64" s="80">
         <f>IF(I29&gt;10,I29,0)+IF(I59&gt;10,ROUNDUP(I59/5,0),0)</f>
         <v>0</v>
       </c>
       <c r="H64" s="7"/>
-      <c r="I64" s="132"/>
-[...1 lines deleted...]
-    <row r="65" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I64" s="182"/>
+    </row>
+    <row r="65" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A65" s="98"/>
       <c r="B65" s="98"/>
       <c r="C65" s="98"/>
       <c r="D65" s="98"/>
       <c r="E65" s="98"/>
       <c r="F65" s="98"/>
       <c r="G65" s="99"/>
       <c r="H65" s="7"/>
     </row>
-    <row r="66" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="66" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C66" s="100" t="s">
         <v>248</v>
       </c>
       <c r="D66" s="10"/>
       <c r="E66" s="11"/>
       <c r="F66" s="11"/>
       <c r="H66" s="7"/>
     </row>
-    <row r="67" spans="1:17" s="6" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A67" s="128" t="s">
+    <row r="67" spans="1:17" s="6" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A67" s="181" t="s">
         <v>84</v>
       </c>
-      <c r="B67" s="128"/>
-[...4 lines deleted...]
-      <c r="G67" s="128"/>
+      <c r="B67" s="181"/>
+      <c r="C67" s="181"/>
+      <c r="D67" s="181"/>
+      <c r="E67" s="181"/>
+      <c r="F67" s="181"/>
+      <c r="G67" s="181"/>
       <c r="H67" s="9"/>
     </row>
-    <row r="68" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="68" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A68" s="12" t="s">
         <v>66</v>
       </c>
       <c r="B68" s="13"/>
       <c r="C68" s="13"/>
       <c r="D68" s="14"/>
       <c r="E68" s="13"/>
       <c r="F68" s="12"/>
       <c r="G68" s="12"/>
       <c r="H68" s="11"/>
       <c r="I68" s="11"/>
       <c r="J68" s="11"/>
       <c r="K68" s="11"/>
       <c r="L68" s="11"/>
       <c r="P68" s="11"/>
       <c r="Q68" s="11"/>
     </row>
-    <row r="69" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="69" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A69" s="15" t="s">
         <v>67</v>
       </c>
       <c r="B69" s="15" t="s">
         <v>85</v>
       </c>
-      <c r="C69" s="126" t="s">
+      <c r="C69" s="178" t="s">
         <v>265</v>
       </c>
-      <c r="D69" s="126"/>
-[...1 lines deleted...]
-      <c r="F69" s="126"/>
+      <c r="D69" s="178"/>
+      <c r="E69" s="178"/>
+      <c r="F69" s="178"/>
       <c r="G69" s="12"/>
       <c r="H69" s="11"/>
       <c r="I69" s="11"/>
       <c r="J69" s="11"/>
       <c r="K69" s="11"/>
       <c r="L69" s="11"/>
       <c r="P69" s="11"/>
       <c r="Q69" s="11"/>
     </row>
-    <row r="70" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="70" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A70" s="17" t="s">
         <v>68</v>
       </c>
       <c r="B70" s="15" t="s">
         <v>86</v>
       </c>
-      <c r="C70" s="126"/>
-[...2 lines deleted...]
-      <c r="F70" s="126"/>
+      <c r="C70" s="178"/>
+      <c r="D70" s="178"/>
+      <c r="E70" s="178"/>
+      <c r="F70" s="178"/>
       <c r="G70" s="12"/>
       <c r="H70" s="11"/>
       <c r="I70" s="11"/>
       <c r="J70" s="11"/>
       <c r="K70" s="11"/>
       <c r="L70" s="11"/>
       <c r="P70" s="11"/>
       <c r="Q70" s="11"/>
     </row>
-    <row r="71" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="71" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A71" s="15" t="s">
         <v>69</v>
       </c>
       <c r="B71" s="15" t="s">
         <v>87</v>
       </c>
-      <c r="C71" s="126"/>
-[...2 lines deleted...]
-      <c r="F71" s="126"/>
+      <c r="C71" s="178"/>
+      <c r="D71" s="178"/>
+      <c r="E71" s="178"/>
+      <c r="F71" s="178"/>
       <c r="G71" s="12"/>
       <c r="H71" s="11"/>
       <c r="I71" s="11"/>
       <c r="J71" s="11"/>
       <c r="K71" s="11"/>
       <c r="L71" s="11"/>
       <c r="P71" s="11"/>
       <c r="Q71" s="11"/>
     </row>
-    <row r="72" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="72" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A72" s="15" t="s">
         <v>70</v>
       </c>
       <c r="B72" s="15" t="s">
         <v>88</v>
       </c>
-      <c r="C72" s="126" t="s">
+      <c r="C72" s="178" t="s">
         <v>273</v>
       </c>
-      <c r="D72" s="126"/>
-[...1 lines deleted...]
-      <c r="F72" s="126"/>
+      <c r="D72" s="178"/>
+      <c r="E72" s="178"/>
+      <c r="F72" s="178"/>
       <c r="G72" s="12"/>
       <c r="H72" s="11"/>
       <c r="I72" s="11"/>
       <c r="J72" s="11"/>
       <c r="K72" s="11"/>
       <c r="L72" s="11"/>
       <c r="P72" s="11"/>
       <c r="Q72" s="11"/>
     </row>
-    <row r="73" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="73" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A73" s="15" t="s">
         <v>71</v>
       </c>
       <c r="B73" s="15" t="s">
         <v>89</v>
       </c>
-      <c r="C73" s="126"/>
-[...2 lines deleted...]
-      <c r="F73" s="126"/>
+      <c r="C73" s="178"/>
+      <c r="D73" s="178"/>
+      <c r="E73" s="178"/>
+      <c r="F73" s="178"/>
       <c r="G73" s="12"/>
       <c r="H73" s="11"/>
       <c r="I73" s="11"/>
       <c r="J73" s="11"/>
       <c r="K73" s="11"/>
       <c r="L73" s="11"/>
       <c r="P73" s="11"/>
       <c r="Q73" s="11"/>
     </row>
-    <row r="74" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A74" s="15" t="s">
         <v>72</v>
       </c>
       <c r="B74" s="15" t="s">
         <v>90</v>
       </c>
-      <c r="C74" s="126"/>
-[...2 lines deleted...]
-      <c r="F74" s="126"/>
+      <c r="C74" s="178"/>
+      <c r="D74" s="178"/>
+      <c r="E74" s="178"/>
+      <c r="F74" s="178"/>
       <c r="G74" s="12"/>
       <c r="H74" s="11"/>
       <c r="I74" s="11"/>
       <c r="J74" s="11"/>
       <c r="K74" s="11"/>
       <c r="L74" s="11"/>
       <c r="P74" s="11"/>
       <c r="Q74" s="11"/>
     </row>
-    <row r="75" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="75" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A75" s="15" t="s">
         <v>73</v>
       </c>
       <c r="B75" s="15" t="s">
         <v>91</v>
       </c>
-      <c r="C75" s="125" t="s">
+      <c r="C75" s="179" t="s">
         <v>272</v>
       </c>
-      <c r="D75" s="125"/>
-      <c r="E75" s="125"/>
+      <c r="D75" s="179"/>
+      <c r="E75" s="179"/>
       <c r="F75" s="12"/>
       <c r="G75" s="12"/>
       <c r="H75" s="11"/>
       <c r="I75" s="11"/>
       <c r="J75" s="11"/>
       <c r="K75" s="11"/>
       <c r="L75" s="11"/>
       <c r="P75" s="11"/>
       <c r="Q75" s="11"/>
     </row>
-    <row r="76" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="76" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A76" s="15" t="s">
         <v>74</v>
       </c>
       <c r="B76" s="15" t="s">
         <v>92</v>
       </c>
-      <c r="C76" s="125"/>
-[...1 lines deleted...]
-      <c r="E76" s="125"/>
+      <c r="C76" s="179"/>
+      <c r="D76" s="179"/>
+      <c r="E76" s="179"/>
       <c r="F76" s="12"/>
       <c r="G76" s="12"/>
       <c r="H76" s="11"/>
       <c r="I76" s="11"/>
       <c r="J76" s="11"/>
       <c r="K76" s="11"/>
       <c r="L76" s="11"/>
       <c r="P76" s="11"/>
       <c r="Q76" s="11"/>
     </row>
-    <row r="77" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="77" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A77" s="15" t="s">
         <v>75</v>
       </c>
       <c r="B77" s="15" t="s">
         <v>93</v>
       </c>
       <c r="C77" s="13"/>
       <c r="D77" s="16"/>
       <c r="E77" s="13"/>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="35"/>
       <c r="I77" s="35"/>
       <c r="J77" s="35"/>
       <c r="K77" s="35"/>
       <c r="L77" s="35"/>
       <c r="P77" s="11"/>
       <c r="Q77" s="11"/>
     </row>
-    <row r="78" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="78" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A78" s="104" t="s">
         <v>76</v>
       </c>
       <c r="B78" s="104" t="s">
         <v>253</v>
       </c>
       <c r="C78" s="105"/>
       <c r="D78" s="106"/>
       <c r="E78" s="105"/>
       <c r="F78" s="104"/>
       <c r="G78" s="104"/>
       <c r="H78" s="35"/>
       <c r="I78" s="35"/>
       <c r="J78" s="35"/>
       <c r="K78" s="35"/>
       <c r="L78" s="35"/>
       <c r="P78" s="35"/>
       <c r="Q78" s="35"/>
     </row>
-    <row r="79" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="79" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A79" s="104" t="s">
         <v>77</v>
       </c>
       <c r="B79" s="104" t="s">
         <v>94</v>
       </c>
       <c r="C79" s="105"/>
       <c r="D79" s="106"/>
       <c r="E79" s="105"/>
       <c r="F79" s="104"/>
       <c r="G79" s="104"/>
       <c r="H79" s="35"/>
       <c r="I79" s="35"/>
       <c r="J79" s="35"/>
       <c r="K79" s="35"/>
       <c r="L79" s="35"/>
       <c r="P79" s="35"/>
       <c r="Q79" s="35"/>
     </row>
-    <row r="80" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="80" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A80" s="104" t="s">
         <v>78</v>
       </c>
       <c r="B80" s="104" t="s">
         <v>249</v>
       </c>
       <c r="C80" s="105"/>
       <c r="D80" s="106"/>
       <c r="E80" s="105"/>
       <c r="F80" s="104"/>
       <c r="G80" s="104"/>
       <c r="H80" s="35"/>
       <c r="I80" s="35"/>
       <c r="J80" s="35"/>
       <c r="K80" s="35"/>
       <c r="L80" s="35"/>
       <c r="P80" s="35"/>
       <c r="Q80" s="35"/>
     </row>
-    <row r="81" spans="1:29" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="81" spans="1:29" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A81" s="104" t="s">
         <v>79</v>
       </c>
       <c r="B81" s="104" t="s">
         <v>95</v>
       </c>
       <c r="C81" s="105"/>
       <c r="D81" s="106"/>
       <c r="E81" s="105"/>
       <c r="F81" s="104"/>
       <c r="G81" s="104"/>
       <c r="H81" s="35"/>
       <c r="I81" s="35"/>
       <c r="J81" s="35"/>
       <c r="K81" s="35"/>
       <c r="L81" s="35"/>
       <c r="P81" s="35"/>
       <c r="Q81" s="35"/>
     </row>
-    <row r="82" spans="1:29" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="82" spans="1:29" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A82" s="104" t="s">
         <v>80</v>
       </c>
       <c r="B82" s="104" t="s">
         <v>96</v>
       </c>
       <c r="C82" s="105"/>
       <c r="D82" s="106"/>
       <c r="E82" s="105"/>
       <c r="F82" s="104"/>
       <c r="G82" s="104"/>
       <c r="H82" s="35"/>
       <c r="I82" s="35"/>
       <c r="J82" s="35"/>
       <c r="K82" s="35"/>
       <c r="L82" s="35"/>
       <c r="P82" s="35"/>
       <c r="Q82" s="35"/>
     </row>
-    <row r="83" spans="1:29" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="83" spans="1:29" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A83" s="104" t="s">
         <v>81</v>
       </c>
       <c r="B83" s="104" t="s">
         <v>97</v>
       </c>
       <c r="C83" s="105"/>
       <c r="D83" s="106"/>
       <c r="E83" s="105"/>
       <c r="F83" s="104"/>
       <c r="G83" s="104"/>
       <c r="H83" s="35"/>
       <c r="I83" s="35"/>
       <c r="J83" s="35"/>
       <c r="K83" s="35"/>
       <c r="L83" s="35"/>
       <c r="P83" s="35"/>
       <c r="Q83" s="35"/>
     </row>
-    <row r="84" spans="1:29" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="84" spans="1:29" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A84" s="104" t="s">
         <v>82</v>
       </c>
       <c r="B84" s="104" t="s">
         <v>254</v>
       </c>
       <c r="C84" s="105"/>
       <c r="D84" s="106"/>
       <c r="E84" s="105"/>
       <c r="F84" s="104"/>
       <c r="G84" s="104"/>
       <c r="H84" s="35"/>
       <c r="I84" s="35"/>
       <c r="J84" s="35"/>
       <c r="K84" s="35"/>
       <c r="L84" s="35"/>
       <c r="P84" s="35"/>
       <c r="Q84" s="35"/>
     </row>
-    <row r="85" spans="1:29" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="85" spans="1:29" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A85" s="104" t="s">
         <v>83</v>
       </c>
       <c r="B85" s="104" t="s">
         <v>270</v>
       </c>
       <c r="C85" s="105"/>
       <c r="D85" s="105"/>
       <c r="E85" s="106"/>
       <c r="F85" s="104"/>
       <c r="G85" s="106"/>
       <c r="H85" s="18"/>
       <c r="I85" s="35"/>
       <c r="J85" s="35"/>
       <c r="K85" s="35"/>
       <c r="L85" s="35"/>
       <c r="P85" s="35"/>
       <c r="Q85" s="35"/>
     </row>
-    <row r="86" spans="1:29" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="86" spans="1:29" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A86" s="107"/>
       <c r="B86" s="107"/>
       <c r="C86" s="107"/>
       <c r="D86" s="107"/>
       <c r="E86" s="107"/>
       <c r="F86" s="107"/>
       <c r="G86" s="107"/>
       <c r="H86" s="35"/>
       <c r="I86" s="35"/>
       <c r="J86" s="35"/>
       <c r="K86" s="35"/>
       <c r="L86" s="35"/>
       <c r="P86" s="35"/>
       <c r="Q86" s="35"/>
     </row>
-    <row r="87" spans="1:29" s="6" customFormat="1" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A87" s="133" t="s">
+    <row r="87" spans="1:29" s="6" customFormat="1" ht="33.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A87" s="161" t="s">
         <v>255</v>
       </c>
-      <c r="B87" s="133"/>
-[...4 lines deleted...]
-      <c r="G87" s="133"/>
+      <c r="B87" s="161"/>
+      <c r="C87" s="161"/>
+      <c r="D87" s="161"/>
+      <c r="E87" s="161"/>
+      <c r="F87" s="161"/>
+      <c r="G87" s="161"/>
       <c r="P87" s="10"/>
       <c r="Q87" s="10"/>
       <c r="R87" s="10"/>
       <c r="S87" s="10"/>
       <c r="T87" s="10"/>
       <c r="U87" s="10"/>
       <c r="V87" s="10"/>
       <c r="W87" s="10"/>
       <c r="X87" s="10"/>
       <c r="Y87" s="10"/>
       <c r="Z87" s="10"/>
       <c r="AA87" s="10"/>
       <c r="AB87" s="10"/>
       <c r="AC87" s="10"/>
     </row>
-    <row r="88" spans="1:29" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
-[...3 lines deleted...]
-    <row r="92" spans="1:29" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="88" spans="1:29" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="89" spans="1:29" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="90" spans="1:29" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="91" spans="1:29" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="92" spans="1:29" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B92" s="19"/>
       <c r="C92" s="20"/>
       <c r="D92" s="19"/>
       <c r="E92" s="19"/>
       <c r="F92" s="19"/>
       <c r="G92" s="20"/>
     </row>
-    <row r="93" spans="1:29" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="93" spans="1:29" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B93" s="23"/>
       <c r="C93" s="24"/>
       <c r="D93" s="9"/>
       <c r="E93" s="17"/>
       <c r="F93" s="25"/>
       <c r="G93" s="9"/>
     </row>
-    <row r="94" spans="1:29" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="94" spans="1:29" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B94" s="23"/>
       <c r="C94" s="24"/>
       <c r="D94" s="9"/>
       <c r="E94" s="17"/>
       <c r="F94" s="25"/>
       <c r="G94" s="9"/>
       <c r="H94" s="20"/>
       <c r="I94" s="20"/>
       <c r="J94" s="21"/>
       <c r="K94" s="22"/>
       <c r="L94" s="22"/>
       <c r="M94" s="22"/>
       <c r="N94" s="22"/>
       <c r="O94" s="20"/>
       <c r="P94" s="20"/>
       <c r="Q94" s="20"/>
       <c r="R94" s="20"/>
     </row>
-    <row r="95" spans="1:29" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="95" spans="1:29" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B95" s="23"/>
       <c r="C95" s="24"/>
       <c r="D95" s="9"/>
       <c r="E95" s="17"/>
       <c r="F95" s="25"/>
       <c r="G95" s="9"/>
       <c r="H95" s="9"/>
     </row>
-    <row r="96" spans="1:29" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="96" spans="1:29" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B96" s="23"/>
       <c r="C96" s="24"/>
       <c r="D96" s="9"/>
       <c r="E96" s="17"/>
       <c r="F96" s="25"/>
       <c r="G96" s="9"/>
       <c r="H96" s="9"/>
     </row>
-    <row r="97" spans="1:8" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="97" spans="1:8" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A97" s="3"/>
       <c r="B97" s="26"/>
       <c r="C97" s="24"/>
       <c r="D97" s="27"/>
       <c r="E97" s="28"/>
       <c r="F97" s="25"/>
       <c r="G97" s="27"/>
       <c r="H97" s="9"/>
     </row>
-    <row r="98" spans="1:8" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="98" spans="1:8" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A98" s="3"/>
       <c r="B98" s="26"/>
       <c r="C98" s="24"/>
       <c r="D98" s="27"/>
       <c r="E98" s="28"/>
       <c r="F98" s="25"/>
       <c r="G98" s="27"/>
       <c r="H98" s="9"/>
     </row>
   </sheetData>
   <sheetProtection password="DD2A" sheet="1" selectLockedCells="1"/>
   <mergeCells count="43">
-    <mergeCell ref="A61:F61"/>
-[...17 lines deleted...]
-    <mergeCell ref="B23:G23"/>
+    <mergeCell ref="C75:E76"/>
+    <mergeCell ref="I63:I64"/>
+    <mergeCell ref="C72:F74"/>
+    <mergeCell ref="A67:G67"/>
+    <mergeCell ref="A87:G87"/>
+    <mergeCell ref="C69:F71"/>
+    <mergeCell ref="B6:G6"/>
+    <mergeCell ref="B7:G7"/>
+    <mergeCell ref="B12:G12"/>
+    <mergeCell ref="B17:G17"/>
+    <mergeCell ref="B18:G18"/>
     <mergeCell ref="A60:F60"/>
     <mergeCell ref="B30:G30"/>
     <mergeCell ref="B32:G32"/>
     <mergeCell ref="B37:G37"/>
     <mergeCell ref="B41:G41"/>
     <mergeCell ref="A42:A43"/>
     <mergeCell ref="B42:B43"/>
     <mergeCell ref="B56:G56"/>
     <mergeCell ref="B47:G47"/>
     <mergeCell ref="B50:G50"/>
     <mergeCell ref="B54:G54"/>
     <mergeCell ref="C42:C43"/>
     <mergeCell ref="G42:G43"/>
-    <mergeCell ref="B6:G6"/>
-[...9 lines deleted...]
-    <mergeCell ref="C69:F71"/>
+    <mergeCell ref="I8:I11"/>
+    <mergeCell ref="I13:I16"/>
+    <mergeCell ref="I19:I22"/>
+    <mergeCell ref="I24:I27"/>
+    <mergeCell ref="B23:G23"/>
+    <mergeCell ref="A1:G1"/>
+    <mergeCell ref="A2:B2"/>
+    <mergeCell ref="A3:B3"/>
+    <mergeCell ref="C4:C5"/>
+    <mergeCell ref="D4:D5"/>
+    <mergeCell ref="E4:F4"/>
+    <mergeCell ref="G4:G5"/>
+    <mergeCell ref="E2:G2"/>
+    <mergeCell ref="E3:G3"/>
+    <mergeCell ref="A61:F61"/>
+    <mergeCell ref="A63:B64"/>
+    <mergeCell ref="C63:F63"/>
+    <mergeCell ref="C64:F64"/>
+    <mergeCell ref="A62:F62"/>
   </mergeCells>
-  <conditionalFormatting sqref="G60 G63:G65">
-[...3 lines deleted...]
-  </conditionalFormatting>
   <conditionalFormatting sqref="G8:G11">
-    <cfRule type="cellIs" dxfId="105" priority="51" operator="equal">
+    <cfRule type="notContainsText" dxfId="85" priority="52" operator="notContains" text="Eingabe bei Pkt. 1.2">
+      <formula>ISERROR(SEARCH("Eingabe bei Pkt. 1.2",G8))</formula>
+    </cfRule>
+    <cfRule type="cellIs" dxfId="84" priority="51" operator="equal">
       <formula>""</formula>
     </cfRule>
-    <cfRule type="notContainsText" dxfId="104" priority="52" operator="notContains" text="Eingabe bei Pkt. 1.2">
-[...2 lines deleted...]
-    <cfRule type="containsText" dxfId="103" priority="54" operator="containsText" text="Eingabe bei Pkt. 1.2">
+    <cfRule type="containsText" dxfId="83" priority="54" operator="containsText" text="Eingabe bei Pkt. 1.2">
       <formula>NOT(ISERROR(SEARCH("Eingabe bei Pkt. 1.2",G8)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G13:G16">
-    <cfRule type="cellIs" dxfId="102" priority="48" operator="equal">
+    <cfRule type="cellIs" dxfId="82" priority="48" operator="equal">
       <formula>""</formula>
     </cfRule>
-    <cfRule type="notContainsText" dxfId="101" priority="49" operator="notContains" text="Eingabe bei Pkt. 1.1">
+    <cfRule type="containsText" dxfId="81" priority="50" operator="containsText" text="Eingabe bei Pkt. 1.1">
+      <formula>NOT(ISERROR(SEARCH("Eingabe bei Pkt. 1.1",G13)))</formula>
+    </cfRule>
+    <cfRule type="notContainsText" dxfId="80" priority="49" operator="notContains" text="Eingabe bei Pkt. 1.1">
       <formula>ISERROR(SEARCH("Eingabe bei Pkt. 1.1",G13))</formula>
-    </cfRule>
-[...1 lines deleted...]
-      <formula>NOT(ISERROR(SEARCH("Eingabe bei Pkt. 1.1",G13)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G19:G22">
-    <cfRule type="cellIs" dxfId="99" priority="45" operator="equal">
+    <cfRule type="containsText" dxfId="79" priority="47" operator="containsText" text="Eingabe bei Pkt. 1.3.2">
+      <formula>NOT(ISERROR(SEARCH("Eingabe bei Pkt. 1.3.2",G19)))</formula>
+    </cfRule>
+    <cfRule type="notContainsText" dxfId="78" priority="46" operator="notContains" text="Eingabe bei Pkt. 1.3.2">
+      <formula>ISERROR(SEARCH("Eingabe bei Pkt. 1.3.2",G19))</formula>
+    </cfRule>
+    <cfRule type="cellIs" dxfId="77" priority="45" operator="equal">
       <formula>""</formula>
-    </cfRule>
-[...4 lines deleted...]
-      <formula>NOT(ISERROR(SEARCH("Eingabe bei Pkt. 1.3.2",G19)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G24:G27">
-    <cfRule type="cellIs" dxfId="96" priority="42" operator="equal">
+    <cfRule type="containsText" dxfId="76" priority="44" operator="containsText" text="Eingabe bei Pkt. 1.3.1">
+      <formula>NOT(ISERROR(SEARCH("Eingabe bei Pkt. 1.3.1",G24)))</formula>
+    </cfRule>
+    <cfRule type="notContainsText" dxfId="75" priority="43" operator="notContains" text="Eingabe bei Pkt. 1.3.1">
+      <formula>ISERROR(SEARCH("Eingabe bei Pkt. 1.3.1",G24))</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="G24:G29">
+    <cfRule type="cellIs" dxfId="74" priority="38" operator="equal">
       <formula>""</formula>
     </cfRule>
-    <cfRule type="notContainsText" dxfId="95" priority="43" operator="notContains" text="Eingabe bei Pkt. 1.3.1">
-[...4 lines deleted...]
-    </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="G28">
-[...11 lines deleted...]
-    <cfRule type="cellIs" dxfId="90" priority="39" operator="notEqual">
+  <conditionalFormatting sqref="G28:G29">
+    <cfRule type="cellIs" dxfId="73" priority="39" operator="notEqual">
       <formula>""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G31">
-    <cfRule type="cellIs" dxfId="89" priority="36" operator="equal">
+    <cfRule type="cellIs" dxfId="72" priority="37" operator="notEqual">
       <formula>""</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="88" priority="37" operator="notEqual">
+    <cfRule type="cellIs" dxfId="71" priority="36" operator="equal">
       <formula>""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G33:G36">
-    <cfRule type="cellIs" dxfId="87" priority="34" operator="equal">
+    <cfRule type="cellIs" dxfId="70" priority="35" operator="notEqual">
       <formula>""</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="86" priority="35" operator="notEqual">
+    <cfRule type="cellIs" dxfId="69" priority="34" operator="equal">
       <formula>""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G38:G40">
-    <cfRule type="cellIs" dxfId="85" priority="32" operator="equal">
+    <cfRule type="cellIs" dxfId="68" priority="33" operator="notEqual">
       <formula>""</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="84" priority="33" operator="notEqual">
+    <cfRule type="cellIs" dxfId="67" priority="32" operator="equal">
       <formula>""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G42:G43">
-    <cfRule type="cellIs" dxfId="83" priority="30" operator="equal">
+    <cfRule type="cellIs" dxfId="66" priority="31" operator="notEqual">
       <formula>""</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="82" priority="31" operator="notEqual">
+    <cfRule type="cellIs" dxfId="65" priority="30" operator="equal">
       <formula>""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G45:G46">
-    <cfRule type="cellIs" dxfId="81" priority="28" operator="equal">
+    <cfRule type="cellIs" dxfId="64" priority="29" operator="notEqual">
       <formula>""</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="80" priority="29" operator="notEqual">
+    <cfRule type="cellIs" dxfId="63" priority="28" operator="equal">
       <formula>""</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="G48">
-    <cfRule type="cellIs" dxfId="79" priority="26" operator="equal">
+  <conditionalFormatting sqref="G48:G49">
+    <cfRule type="cellIs" dxfId="62" priority="25" operator="notEqual">
       <formula>""</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="78" priority="27" operator="notEqual">
+    <cfRule type="cellIs" dxfId="61" priority="24" operator="equal">
       <formula>""</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="G49">
-    <cfRule type="cellIs" dxfId="77" priority="24" operator="equal">
+  <conditionalFormatting sqref="G51:G53">
+    <cfRule type="cellIs" dxfId="60" priority="21" operator="notEqual">
       <formula>""</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="76" priority="25" operator="notEqual">
-[...15 lines deleted...]
-    <cfRule type="cellIs" dxfId="72" priority="21" operator="notEqual">
+    <cfRule type="cellIs" dxfId="59" priority="20" operator="equal">
       <formula>""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G55">
-    <cfRule type="cellIs" dxfId="71" priority="18" operator="equal">
+    <cfRule type="cellIs" dxfId="58" priority="19" operator="notEqual">
       <formula>""</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="70" priority="19" operator="notEqual">
+    <cfRule type="cellIs" dxfId="57" priority="18" operator="equal">
       <formula>""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G58:G59">
-    <cfRule type="cellIs" dxfId="69" priority="16" operator="equal">
+    <cfRule type="cellIs" dxfId="56" priority="17" operator="notEqual">
       <formula>""</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="68" priority="17" operator="notEqual">
+    <cfRule type="cellIs" dxfId="55" priority="16" operator="equal">
       <formula>""</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="G60:G65">
+    <cfRule type="cellIs" dxfId="54" priority="1" operator="greaterThan">
+      <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I8">
-    <cfRule type="cellIs" dxfId="67" priority="14" operator="equal">
+    <cfRule type="containsText" dxfId="53" priority="15" operator="containsText" text="Eingabe bei Pkt. 1.2">
+      <formula>NOT(ISERROR(SEARCH("Eingabe bei Pkt. 1.2",I8)))</formula>
+    </cfRule>
+    <cfRule type="cellIs" dxfId="52" priority="14" operator="equal">
       <formula>""</formula>
-    </cfRule>
-[...1 lines deleted...]
-      <formula>NOT(ISERROR(SEARCH("Eingabe bei Pkt. 1.2",I8)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I13">
-    <cfRule type="cellIs" dxfId="65" priority="12" operator="equal">
+    <cfRule type="containsText" dxfId="51" priority="13" operator="containsText" text="Eingabe bei Pkt. 1.1">
+      <formula>NOT(ISERROR(SEARCH("Eingabe bei Pkt. 1.1",I13)))</formula>
+    </cfRule>
+    <cfRule type="cellIs" dxfId="50" priority="12" operator="equal">
       <formula>""</formula>
-    </cfRule>
-[...1 lines deleted...]
-      <formula>NOT(ISERROR(SEARCH("Eingabe bei Pkt. 1.1",I13)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I19">
-    <cfRule type="cellIs" dxfId="63" priority="10" operator="equal">
+    <cfRule type="containsText" dxfId="49" priority="11" operator="containsText" text="Eingabe bei Pkt. 1.3.2">
+      <formula>NOT(ISERROR(SEARCH("Eingabe bei Pkt. 1.3.2",I19)))</formula>
+    </cfRule>
+    <cfRule type="cellIs" dxfId="48" priority="10" operator="equal">
       <formula>""</formula>
-    </cfRule>
-[...1 lines deleted...]
-      <formula>NOT(ISERROR(SEARCH("Eingabe bei Pkt. 1.3.2",I19)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I24">
-    <cfRule type="cellIs" dxfId="61" priority="8" operator="equal">
+    <cfRule type="cellIs" dxfId="47" priority="8" operator="equal">
       <formula>""</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="60" priority="9" operator="containsText" text="Eingabe bei Pkt. 1.3.1">
+    <cfRule type="containsText" dxfId="46" priority="9" operator="containsText" text="Eingabe bei Pkt. 1.3.1">
       <formula>NOT(ISERROR(SEARCH("Eingabe bei Pkt. 1.3.1",I24)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I61">
-    <cfRule type="cellIs" dxfId="59" priority="5" operator="equal">
+    <cfRule type="containsText" dxfId="45" priority="6" operator="containsText" text="Eingabe bei Pkt. 1.2">
+      <formula>NOT(ISERROR(SEARCH("Eingabe bei Pkt. 1.2",I61)))</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="I61:I62">
+    <cfRule type="cellIs" dxfId="44" priority="2" operator="equal">
       <formula>""</formula>
-    </cfRule>
-[...16 lines deleted...]
-      <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="2">
-    <dataValidation type="decimal" operator="greaterThan" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="ACHTUNG" error="Anzahl muss eine GANZE ZAHL und größer 0 sein!" sqref="F58">
+    <dataValidation type="decimal" operator="greaterThan" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="ACHTUNG" error="Anzahl muss eine GANZE ZAHL und größer 0 sein!" sqref="F58" xr:uid="{00000000-0002-0000-0300-000000000000}">
       <formula1>0</formula1>
     </dataValidation>
-    <dataValidation type="whole" operator="greaterThan" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="ACHTUNG" error="Anzahl muss eine GANZE ZAHL und größer 0 sein!" sqref="F55 F51:F53 F31 F8:F11 F13:F16 F19:F22 F24:F29 F33:F36 F38:F40 F42:F46 F48:F49 F57 F59">
+    <dataValidation type="whole" operator="greaterThan" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="ACHTUNG" error="Anzahl muss eine GANZE ZAHL und größer 0 sein!" sqref="F55 F51:F53 F31 F8:F11 F13:F16 F19:F22 F24:F29 F33:F36 F38:F40 F42:F46 F48:F49 F57 F59" xr:uid="{00000000-0002-0000-0300-000001000000}">
       <formula1>0</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="66" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;D, &amp;T&amp;Cperipheres Hauptsiedlungsgebiet&amp;RSeite &amp;P von &amp;N
 BFP V 2025-1</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="40" max="6" man="1"/>
   </rowBreaks>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{78C0D931-6437-407d-A8EE-F0AAD7539E65}">
       <x14:conditionalFormattings>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
           <x14:cfRule type="containsText" priority="3" operator="containsText" text="Eingabe bei Pkt. 1.2" id="{27EFAADB-6A0D-4F8C-B979-3E7731869D9F}">
             <xm:f>NOT(ISERROR(SEARCH("Eingabe bei Pkt. 1.2",'Zentrales Hauptsiedlungsgebiet'!I62)))</xm:f>
             <x14:dxf>
               <font>
                 <b/>
                 <i val="0"/>
                 <color theme="0"/>
               </font>
               <fill>
                 <patternFill>
                   <bgColor rgb="FFFF0000"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>I62</xm:sqref>
         </x14:conditionalFormatting>
       </x14:conditionalFormattings>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <sheetPr codeName="Tabelle6">
     <tabColor theme="0"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AC98"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="80" zoomScaleNormal="80" zoomScalePageLayoutView="55" workbookViewId="0">
       <pane ySplit="5" topLeftCell="A6" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="F8" sqref="F8"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11" defaultRowHeight="13.8" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="7.59765625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7" max="7" width="19.59765625" style="27" customWidth="1"/>
+    <col min="1" max="1" width="7.625" style="3" customWidth="1"/>
+    <col min="2" max="2" width="47.875" style="26" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="35.125" style="24" customWidth="1"/>
+    <col min="4" max="4" width="9.125" style="27" hidden="1" customWidth="1"/>
+    <col min="5" max="5" width="15.625" style="28" customWidth="1"/>
+    <col min="6" max="6" width="11.625" style="25" customWidth="1"/>
+    <col min="7" max="7" width="19.625" style="27" customWidth="1"/>
     <col min="8" max="8" width="11.5" style="27" customWidth="1"/>
-    <col min="9" max="9" width="54.59765625" style="3" customWidth="1"/>
+    <col min="9" max="9" width="54.625" style="3" customWidth="1"/>
     <col min="10" max="18" width="11.5" style="3" customWidth="1"/>
     <col min="19" max="16384" width="11" style="3"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" ht="79.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:10" ht="79.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A1" s="190" t="s">
         <v>157</v>
       </c>
       <c r="B1" s="191"/>
       <c r="C1" s="191"/>
       <c r="D1" s="191"/>
       <c r="E1" s="191"/>
       <c r="F1" s="191"/>
       <c r="G1" s="192"/>
     </row>
-    <row r="2" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A2" s="167" t="s">
+    <row r="2" spans="1:10" ht="15" x14ac:dyDescent="0.25">
+      <c r="A2" s="141" t="s">
         <v>100</v>
       </c>
-      <c r="B2" s="168"/>
+      <c r="B2" s="142"/>
       <c r="C2" s="93" t="s">
         <v>101</v>
       </c>
       <c r="D2" s="94"/>
-      <c r="E2" s="169" t="s">
+      <c r="E2" s="143" t="s">
         <v>102</v>
       </c>
-      <c r="F2" s="170"/>
-[...4 lines deleted...]
-      <c r="B3" s="166"/>
+      <c r="F2" s="144"/>
+      <c r="G2" s="145"/>
+    </row>
+    <row r="3" spans="1:10" ht="39.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="139"/>
+      <c r="B3" s="140"/>
       <c r="C3" s="95"/>
       <c r="D3" s="96"/>
-      <c r="E3" s="165"/>
+      <c r="E3" s="139"/>
       <c r="F3" s="186"/>
-      <c r="G3" s="166"/>
-[...1 lines deleted...]
-    <row r="4" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="G3" s="140"/>
+    </row>
+    <row r="4" spans="1:10" ht="15" x14ac:dyDescent="0.2">
       <c r="A4" s="81"/>
       <c r="B4" s="82"/>
-      <c r="C4" s="181" t="s">
+      <c r="C4" s="131" t="s">
         <v>250</v>
       </c>
-      <c r="D4" s="175"/>
-      <c r="E4" s="177" t="s">
+      <c r="D4" s="125"/>
+      <c r="E4" s="127" t="s">
         <v>64</v>
       </c>
-      <c r="F4" s="178"/>
-      <c r="G4" s="179" t="s">
+      <c r="F4" s="128"/>
+      <c r="G4" s="129" t="s">
         <v>65</v>
       </c>
     </row>
-    <row r="5" spans="1:10" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:10" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A5" s="83"/>
       <c r="B5" s="84"/>
-      <c r="C5" s="182"/>
-      <c r="D5" s="176"/>
+      <c r="C5" s="132"/>
+      <c r="D5" s="126"/>
       <c r="E5" s="85" t="s">
         <v>62</v>
       </c>
       <c r="F5" s="86" t="s">
         <v>60</v>
       </c>
-      <c r="G5" s="180"/>
-[...1 lines deleted...]
-    <row r="6" spans="1:10" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="G5" s="130"/>
+    </row>
+    <row r="6" spans="1:10" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A6" s="54" t="s">
         <v>1</v>
       </c>
-      <c r="B6" s="129" t="s">
+      <c r="B6" s="133" t="s">
         <v>7</v>
       </c>
-      <c r="C6" s="130"/>
-[...3 lines deleted...]
-      <c r="G6" s="131"/>
+      <c r="C6" s="134"/>
+      <c r="D6" s="134"/>
+      <c r="E6" s="134"/>
+      <c r="F6" s="134"/>
+      <c r="G6" s="135"/>
       <c r="H6" s="1"/>
       <c r="I6" s="2"/>
       <c r="J6" s="2"/>
     </row>
-    <row r="7" spans="1:10" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:10" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="118" t="s">
         <v>56</v>
       </c>
-      <c r="B7" s="150" t="s">
+      <c r="B7" s="149" t="s">
         <v>260</v>
       </c>
-      <c r="C7" s="151"/>
-[...3 lines deleted...]
-      <c r="G7" s="152"/>
+      <c r="C7" s="150"/>
+      <c r="D7" s="150"/>
+      <c r="E7" s="150"/>
+      <c r="F7" s="150"/>
+      <c r="G7" s="151"/>
       <c r="H7" s="1"/>
       <c r="I7" s="4"/>
       <c r="J7" s="2"/>
     </row>
-    <row r="8" spans="1:10" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:10" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="36" t="s">
         <v>104</v>
       </c>
       <c r="B8" s="37" t="s">
         <v>105</v>
       </c>
       <c r="C8" s="38" t="s">
         <v>212</v>
       </c>
       <c r="D8" s="90">
         <v>1.2</v>
       </c>
       <c r="E8" s="39" t="s">
         <v>82</v>
       </c>
       <c r="F8" s="31"/>
       <c r="G8" s="40" t="str">
         <f>IF(F8="","",IF(SUM($F$8:$F$11)&gt;6,"",F8*D8))</f>
         <v/>
       </c>
       <c r="H8" s="5"/>
-      <c r="I8" s="127" t="str">
+      <c r="I8" s="180" t="str">
         <f>IF(SUM(F8:F11)&gt;6,"ACHTUNG:" &amp; CHAR(10) &amp; "Es wurden mehr als 6 WE eingegeben!" &amp; CHAR(10) &amp; "Eingabe bei Pkt. 1.2","")</f>
         <v/>
       </c>
     </row>
-    <row r="9" spans="1:10" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:10" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="36" t="s">
         <v>106</v>
       </c>
       <c r="B9" s="41" t="s">
         <v>109</v>
       </c>
       <c r="C9" s="42" t="s">
         <v>218</v>
       </c>
       <c r="D9" s="90">
         <v>1.7</v>
       </c>
       <c r="E9" s="43" t="s">
         <v>82</v>
       </c>
       <c r="F9" s="29"/>
       <c r="G9" s="40" t="str">
         <f>IF(F9="","",IF(SUM($F$8:$F$11)&gt;6,"",F9*D9))</f>
         <v/>
       </c>
       <c r="H9" s="5"/>
-      <c r="I9" s="127"/>
-[...1 lines deleted...]
-    <row r="10" spans="1:10" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I9" s="180"/>
+    </row>
+    <row r="10" spans="1:10" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="36" t="s">
         <v>107</v>
       </c>
       <c r="B10" s="41" t="s">
         <v>110</v>
       </c>
       <c r="C10" s="42" t="s">
         <v>219</v>
       </c>
       <c r="D10" s="90">
         <v>1.9</v>
       </c>
       <c r="E10" s="43" t="s">
         <v>82</v>
       </c>
       <c r="F10" s="29"/>
       <c r="G10" s="40" t="str">
         <f>IF(F10="","",IF(SUM($F$8:$F$11)&gt;6,"",F10*D10))</f>
         <v/>
       </c>
       <c r="H10" s="7"/>
-      <c r="I10" s="127"/>
-[...1 lines deleted...]
-    <row r="11" spans="1:10" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I10" s="180"/>
+    </row>
+    <row r="11" spans="1:10" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="36" t="s">
         <v>108</v>
       </c>
       <c r="B11" s="41" t="s">
         <v>115</v>
       </c>
       <c r="C11" s="42" t="s">
         <v>220</v>
       </c>
       <c r="D11" s="90">
         <v>2.1</v>
       </c>
       <c r="E11" s="43" t="s">
         <v>82</v>
       </c>
       <c r="F11" s="29"/>
       <c r="G11" s="40" t="str">
         <f>IF(F11="","",IF(SUM($F$8:$F$11)&gt;6,"",F11*D11))</f>
         <v/>
       </c>
       <c r="H11" s="7"/>
-      <c r="I11" s="127"/>
-[...1 lines deleted...]
-    <row r="12" spans="1:10" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I11" s="180"/>
+    </row>
+    <row r="12" spans="1:10" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="117" t="s">
         <v>2</v>
       </c>
-      <c r="B12" s="153" t="s">
+      <c r="B12" s="152" t="s">
         <v>261</v>
       </c>
-      <c r="C12" s="154"/>
-[...3 lines deleted...]
-      <c r="G12" s="155"/>
+      <c r="C12" s="153"/>
+      <c r="D12" s="153"/>
+      <c r="E12" s="153"/>
+      <c r="F12" s="153"/>
+      <c r="G12" s="154"/>
       <c r="H12" s="7"/>
     </row>
-    <row r="13" spans="1:10" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:10" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="36" t="s">
         <v>111</v>
       </c>
       <c r="B13" s="41" t="s">
         <v>105</v>
       </c>
       <c r="C13" s="42" t="s">
         <v>229</v>
       </c>
       <c r="D13" s="90">
         <f>1.2 * 0.85</f>
         <v>1.02</v>
       </c>
       <c r="E13" s="43" t="s">
         <v>82</v>
       </c>
       <c r="F13" s="29"/>
       <c r="G13" s="44" t="str">
         <f>IF(F13="","",IF(SUM($F$13:$F$16)&gt;6,F13*D13,""))</f>
         <v/>
       </c>
       <c r="H13" s="7"/>
-      <c r="I13" s="127" t="str">
+      <c r="I13" s="180" t="str">
         <f>IF(AND(F13="",F14="",F15="",F16=""),"",IF(SUM(F13:F16)&gt;6,"","ACHTUNG:" &amp; CHAR(10) &amp; "Kontrollieren Sie bitte ob es sich um eine Wohnanlage handelt!" &amp; CHAR(10) &amp; "Eingabe bei Pkt. 1.1"))</f>
         <v/>
       </c>
     </row>
-    <row r="14" spans="1:10" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:10" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="36" t="s">
         <v>112</v>
       </c>
       <c r="B14" s="41" t="s">
         <v>109</v>
       </c>
       <c r="C14" s="42" t="s">
         <v>230</v>
       </c>
       <c r="D14" s="90">
         <f>1.7 * 0.85</f>
         <v>1.4449999999999998</v>
       </c>
       <c r="E14" s="43" t="s">
         <v>82</v>
       </c>
       <c r="F14" s="29"/>
       <c r="G14" s="44" t="str">
         <f>IF(F14="","",IF(SUM($F$13:$F$16)&gt;6,F14*D14,""))</f>
         <v/>
       </c>
       <c r="H14" s="7"/>
-      <c r="I14" s="127"/>
-[...1 lines deleted...]
-    <row r="15" spans="1:10" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I14" s="180"/>
+    </row>
+    <row r="15" spans="1:10" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="36" t="s">
         <v>113</v>
       </c>
       <c r="B15" s="41" t="s">
         <v>110</v>
       </c>
       <c r="C15" s="42" t="s">
         <v>231</v>
       </c>
       <c r="D15" s="90">
         <f>1.9 * 0.85</f>
         <v>1.615</v>
       </c>
       <c r="E15" s="43" t="s">
         <v>82</v>
       </c>
       <c r="F15" s="29"/>
       <c r="G15" s="44" t="str">
         <f>IF(F15="","",IF(SUM($F$13:$F$16)&gt;6,F15*D15,""))</f>
         <v/>
       </c>
       <c r="H15" s="7"/>
-      <c r="I15" s="127"/>
-[...1 lines deleted...]
-    <row r="16" spans="1:10" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I15" s="180"/>
+    </row>
+    <row r="16" spans="1:10" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="36" t="s">
         <v>114</v>
       </c>
       <c r="B16" s="41" t="s">
         <v>115</v>
       </c>
       <c r="C16" s="42" t="s">
         <v>232</v>
       </c>
       <c r="D16" s="90">
         <f>2.1 * 0.85</f>
         <v>1.7849999999999999</v>
       </c>
       <c r="E16" s="43" t="s">
         <v>82</v>
       </c>
       <c r="F16" s="29"/>
       <c r="G16" s="44" t="str">
         <f>IF(F16="","",IF(SUM($F$13:$F$16)&gt;6,F16*D16,""))</f>
         <v/>
       </c>
       <c r="H16" s="7"/>
-      <c r="I16" s="127"/>
-[...1 lines deleted...]
-    <row r="17" spans="1:9" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I16" s="180"/>
+    </row>
+    <row r="17" spans="1:9" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="117" t="s">
         <v>3</v>
       </c>
-      <c r="B17" s="150" t="s">
+      <c r="B17" s="149" t="s">
         <v>120</v>
       </c>
-      <c r="C17" s="151"/>
-[...3 lines deleted...]
-      <c r="G17" s="152"/>
+      <c r="C17" s="150"/>
+      <c r="D17" s="150"/>
+      <c r="E17" s="150"/>
+      <c r="F17" s="150"/>
+      <c r="G17" s="151"/>
       <c r="H17" s="7"/>
     </row>
-    <row r="18" spans="1:9" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:9" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="45" t="s">
         <v>116</v>
       </c>
-      <c r="B18" s="159" t="s">
+      <c r="B18" s="158" t="s">
         <v>118</v>
       </c>
-      <c r="C18" s="160"/>
-[...3 lines deleted...]
-      <c r="G18" s="161"/>
+      <c r="C18" s="159"/>
+      <c r="D18" s="159"/>
+      <c r="E18" s="159"/>
+      <c r="F18" s="159"/>
+      <c r="G18" s="160"/>
       <c r="H18" s="7"/>
     </row>
-    <row r="19" spans="1:9" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:9" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="36" t="s">
         <v>121</v>
       </c>
       <c r="B19" s="41" t="s">
         <v>105</v>
       </c>
       <c r="C19" s="42" t="s">
         <v>221</v>
       </c>
       <c r="D19" s="90">
         <f>1.2*0.75</f>
         <v>0.89999999999999991</v>
       </c>
       <c r="E19" s="43" t="s">
         <v>82</v>
       </c>
       <c r="F19" s="29"/>
       <c r="G19" s="44" t="str">
         <f>IF(F19="","",IF(SUM($F$19:$F$22)&gt;5,"",F19*D19))</f>
         <v/>
       </c>
       <c r="H19" s="7"/>
-      <c r="I19" s="127" t="str">
+      <c r="I19" s="180" t="str">
         <f>IF(SUM(F19:F22)&gt;5,"ACHTUNG:" &amp; CHAR(10) &amp; "Es wurden mehr als 5 WE eingegeben!" &amp; CHAR(10) &amp; "Eingabe bei Pkt. 1.3.2","")</f>
         <v/>
       </c>
     </row>
-    <row r="20" spans="1:9" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:9" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="36" t="s">
         <v>122</v>
       </c>
       <c r="B20" s="41" t="s">
         <v>109</v>
       </c>
       <c r="C20" s="42" t="s">
         <v>222</v>
       </c>
       <c r="D20" s="90">
         <f>1.7 * 0.75</f>
         <v>1.2749999999999999</v>
       </c>
       <c r="E20" s="43" t="s">
         <v>82</v>
       </c>
       <c r="F20" s="29"/>
       <c r="G20" s="44" t="str">
         <f t="shared" ref="G20:G22" si="0">IF(F20="","",IF(SUM($F$19:$F$22)&gt;5,"",F20*D20))</f>
         <v/>
       </c>
       <c r="H20" s="7"/>
-      <c r="I20" s="127"/>
-[...1 lines deleted...]
-    <row r="21" spans="1:9" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I20" s="180"/>
+    </row>
+    <row r="21" spans="1:9" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="36" t="s">
         <v>123</v>
       </c>
       <c r="B21" s="41" t="s">
         <v>110</v>
       </c>
       <c r="C21" s="42" t="s">
         <v>223</v>
       </c>
       <c r="D21" s="90">
         <f>1.9 * 0.75</f>
         <v>1.4249999999999998</v>
       </c>
       <c r="E21" s="43" t="s">
         <v>82</v>
       </c>
       <c r="F21" s="29"/>
       <c r="G21" s="44" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="H21" s="7"/>
-      <c r="I21" s="127"/>
-[...1 lines deleted...]
-    <row r="22" spans="1:9" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I21" s="180"/>
+    </row>
+    <row r="22" spans="1:9" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="36" t="s">
         <v>124</v>
       </c>
       <c r="B22" s="41" t="s">
         <v>115</v>
       </c>
       <c r="C22" s="42" t="s">
         <v>224</v>
       </c>
       <c r="D22" s="90">
         <f>2.1*0.75</f>
         <v>1.5750000000000002</v>
       </c>
       <c r="E22" s="43" t="s">
         <v>82</v>
       </c>
       <c r="F22" s="29"/>
       <c r="G22" s="44" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="H22" s="7"/>
-      <c r="I22" s="127"/>
-[...1 lines deleted...]
-    <row r="23" spans="1:9" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I22" s="180"/>
+    </row>
+    <row r="23" spans="1:9" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="45" t="s">
         <v>117</v>
       </c>
-      <c r="B23" s="156" t="s">
+      <c r="B23" s="155" t="s">
         <v>119</v>
       </c>
-      <c r="C23" s="157"/>
-[...3 lines deleted...]
-      <c r="G23" s="158"/>
+      <c r="C23" s="156"/>
+      <c r="D23" s="156"/>
+      <c r="E23" s="156"/>
+      <c r="F23" s="156"/>
+      <c r="G23" s="157"/>
       <c r="H23" s="7"/>
     </row>
-    <row r="24" spans="1:9" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:9" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="36" t="s">
         <v>125</v>
       </c>
       <c r="B24" s="41" t="s">
         <v>105</v>
       </c>
       <c r="C24" s="42" t="s">
         <v>225</v>
       </c>
       <c r="D24" s="90">
         <f>1.2 * 0.65</f>
         <v>0.78</v>
       </c>
       <c r="E24" s="43" t="s">
         <v>82</v>
       </c>
       <c r="F24" s="29"/>
       <c r="G24" s="44" t="str">
         <f>IF(F24="","",IF(SUM($F$24:$F$29)&gt;5,F24*D24,""))</f>
         <v/>
       </c>
       <c r="H24" s="7"/>
-      <c r="I24" s="127" t="str">
+      <c r="I24" s="180" t="str">
         <f>IF(AND(F24="",F25="",F26="",F27=""),"",IF(SUM(F24:F27)&gt;5,"","ACHTUNG:" &amp; CHAR(10) &amp; "Kontrollieren Sie bitte ob es sich um eine Wohnanlage handelt!" &amp; CHAR(10) &amp; "Eingabe bei Pkt. 1.3.1"))</f>
         <v/>
       </c>
     </row>
-    <row r="25" spans="1:9" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:9" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="36" t="s">
         <v>126</v>
       </c>
       <c r="B25" s="41" t="s">
         <v>109</v>
       </c>
       <c r="C25" s="42" t="s">
         <v>226</v>
       </c>
       <c r="D25" s="90">
         <f>1.7*0.65</f>
         <v>1.105</v>
       </c>
       <c r="E25" s="43" t="s">
         <v>82</v>
       </c>
       <c r="F25" s="29"/>
       <c r="G25" s="44" t="str">
         <f t="shared" ref="G25:G27" si="1">IF(F25="","",IF(SUM($F$24:$F$29)&gt;5,F25*D25,""))</f>
         <v/>
       </c>
       <c r="H25" s="7"/>
-      <c r="I25" s="127"/>
-[...1 lines deleted...]
-    <row r="26" spans="1:9" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I25" s="180"/>
+    </row>
+    <row r="26" spans="1:9" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="36" t="s">
         <v>127</v>
       </c>
       <c r="B26" s="41" t="s">
         <v>110</v>
       </c>
       <c r="C26" s="42" t="s">
         <v>227</v>
       </c>
       <c r="D26" s="90">
         <f>1.9*0.65</f>
         <v>1.2349999999999999</v>
       </c>
       <c r="E26" s="43" t="s">
         <v>82</v>
       </c>
       <c r="F26" s="29"/>
       <c r="G26" s="44" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
       <c r="H26" s="7"/>
-      <c r="I26" s="127"/>
-[...1 lines deleted...]
-    <row r="27" spans="1:9" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I26" s="180"/>
+    </row>
+    <row r="27" spans="1:9" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="36" t="s">
         <v>128</v>
       </c>
       <c r="B27" s="41" t="s">
         <v>115</v>
       </c>
       <c r="C27" s="42" t="s">
         <v>228</v>
       </c>
       <c r="D27" s="90">
         <f>2.1*0.65</f>
         <v>1.3650000000000002</v>
       </c>
       <c r="E27" s="43" t="s">
         <v>82</v>
       </c>
       <c r="F27" s="29"/>
       <c r="G27" s="44" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
       <c r="H27" s="7"/>
-      <c r="I27" s="127"/>
-[...1 lines deleted...]
-    <row r="28" spans="1:9" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I27" s="180"/>
+    </row>
+    <row r="28" spans="1:9" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="45" t="s">
         <v>5</v>
       </c>
       <c r="B28" s="46" t="s">
         <v>4</v>
       </c>
       <c r="C28" s="47" t="s">
         <v>158</v>
       </c>
       <c r="D28" s="90">
         <f>1/20</f>
         <v>0.05</v>
       </c>
       <c r="E28" s="43" t="s">
         <v>200</v>
       </c>
       <c r="F28" s="29"/>
       <c r="G28" s="44" t="str">
         <f>IF(F28="","",IF(F28*D28&lt;2,2,F28*D28))</f>
         <v/>
       </c>
       <c r="H28" s="8"/>
       <c r="I28" s="107" t="s">
         <v>269</v>
       </c>
     </row>
-    <row r="29" spans="1:9" s="6" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:9" s="6" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A29" s="49" t="s">
         <v>99</v>
       </c>
       <c r="B29" s="50" t="s">
         <v>6</v>
       </c>
       <c r="C29" s="51" t="s">
         <v>177</v>
       </c>
       <c r="D29" s="90">
         <f>1/3</f>
         <v>0.33333333333333331</v>
       </c>
       <c r="E29" s="52" t="s">
         <v>200</v>
       </c>
       <c r="F29" s="33"/>
       <c r="G29" s="53" t="str">
         <f>IF(F29="","",IF(F29*D29&lt;2,2,F29*D29))</f>
         <v/>
       </c>
       <c r="H29" s="7"/>
       <c r="I29" s="124">
         <f>ROUND(SUM(G8:G11,G13:G16,G19:G22,G24:G29),0)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="30" spans="1:9" s="6" customFormat="1" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:9" s="6" customFormat="1" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A30" s="54" t="s">
         <v>8</v>
       </c>
-      <c r="B30" s="129" t="s">
+      <c r="B30" s="133" t="s">
         <v>0</v>
       </c>
-      <c r="C30" s="130"/>
-[...3 lines deleted...]
-      <c r="G30" s="131"/>
+      <c r="C30" s="134"/>
+      <c r="D30" s="134"/>
+      <c r="E30" s="134"/>
+      <c r="F30" s="134"/>
+      <c r="G30" s="135"/>
       <c r="H30" s="7"/>
     </row>
-    <row r="31" spans="1:9" s="6" customFormat="1" ht="50.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="31" spans="1:9" s="6" customFormat="1" ht="50.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A31" s="55" t="s">
         <v>9</v>
       </c>
       <c r="B31" s="56" t="s">
         <v>133</v>
       </c>
       <c r="C31" s="57" t="s">
         <v>189</v>
       </c>
       <c r="D31" s="90">
         <f>1/40</f>
         <v>2.5000000000000001E-2</v>
       </c>
       <c r="E31" s="58" t="s">
         <v>201</v>
       </c>
       <c r="F31" s="34"/>
       <c r="G31" s="59" t="str">
         <f>IF(F31="","",IF(F31*D31&lt;2,2,F31*D31))</f>
         <v/>
       </c>
       <c r="H31" s="7"/>
     </row>
-    <row r="32" spans="1:9" s="6" customFormat="1" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="32" spans="1:9" s="6" customFormat="1" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A32" s="54" t="s">
         <v>10</v>
       </c>
-      <c r="B32" s="129" t="s">
+      <c r="B32" s="133" t="s">
         <v>11</v>
       </c>
-      <c r="C32" s="130"/>
-[...3 lines deleted...]
-      <c r="G32" s="131"/>
+      <c r="C32" s="134"/>
+      <c r="D32" s="134"/>
+      <c r="E32" s="134"/>
+      <c r="F32" s="134"/>
+      <c r="G32" s="135"/>
       <c r="H32" s="7"/>
     </row>
-    <row r="33" spans="1:8" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:8" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="60" t="s">
         <v>12</v>
       </c>
       <c r="B33" s="61" t="s">
         <v>17</v>
       </c>
       <c r="C33" s="62" t="s">
         <v>141</v>
       </c>
       <c r="D33" s="90">
         <f>1/20</f>
         <v>0.05</v>
       </c>
       <c r="E33" s="39" t="s">
         <v>202</v>
       </c>
       <c r="F33" s="31"/>
       <c r="G33" s="40" t="str">
         <f>IF(F33="","",IF(F33*D33&lt;2,2,F33*D33))</f>
         <v/>
       </c>
       <c r="H33" s="7"/>
     </row>
-    <row r="34" spans="1:8" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:8" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="63" t="s">
         <v>13</v>
       </c>
       <c r="B34" s="64" t="s">
         <v>134</v>
       </c>
       <c r="C34" s="51" t="s">
         <v>162</v>
       </c>
       <c r="D34" s="90">
         <f>1/15</f>
         <v>6.6666666666666666E-2</v>
       </c>
       <c r="E34" s="43" t="s">
         <v>202</v>
       </c>
       <c r="F34" s="29"/>
       <c r="G34" s="44" t="str">
         <f>IF(F34="","",IF(F34*D34&lt;2,2,F34*D34))</f>
         <v/>
       </c>
       <c r="H34" s="7"/>
     </row>
-    <row r="35" spans="1:8" s="6" customFormat="1" ht="36.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:8" s="6" customFormat="1" ht="36.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="65" t="s">
         <v>14</v>
       </c>
       <c r="B35" s="103" t="s">
         <v>252</v>
       </c>
       <c r="C35" s="51" t="s">
         <v>162</v>
       </c>
       <c r="D35" s="90">
         <f>1/15</f>
         <v>6.6666666666666666E-2</v>
       </c>
       <c r="E35" s="43" t="s">
         <v>202</v>
       </c>
       <c r="F35" s="29"/>
       <c r="G35" s="44" t="str">
         <f>IF(F35="","",IF(F35*D35&lt;2,2,F35*D35))</f>
         <v/>
       </c>
       <c r="H35" s="8"/>
     </row>
-    <row r="36" spans="1:8" s="6" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="36" spans="1:8" s="6" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A36" s="70" t="s">
         <v>16</v>
       </c>
       <c r="B36" s="50" t="s">
         <v>18</v>
       </c>
       <c r="C36" s="71" t="s">
         <v>163</v>
       </c>
       <c r="D36" s="90">
         <f>1/100</f>
         <v>0.01</v>
       </c>
       <c r="E36" s="52" t="s">
         <v>203</v>
       </c>
       <c r="F36" s="33"/>
       <c r="G36" s="53" t="str">
         <f>IF(F36="","",F36*D36)</f>
         <v/>
       </c>
       <c r="H36" s="8"/>
     </row>
-    <row r="37" spans="1:8" s="6" customFormat="1" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="37" spans="1:8" s="6" customFormat="1" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A37" s="54" t="s">
         <v>19</v>
       </c>
-      <c r="B37" s="129" t="s">
+      <c r="B37" s="133" t="s">
         <v>20</v>
       </c>
-      <c r="C37" s="130"/>
-[...3 lines deleted...]
-      <c r="G37" s="131"/>
+      <c r="C37" s="134"/>
+      <c r="D37" s="134"/>
+      <c r="E37" s="134"/>
+      <c r="F37" s="134"/>
+      <c r="G37" s="135"/>
       <c r="H37" s="8"/>
     </row>
-    <row r="38" spans="1:8" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:8" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="72" t="s">
         <v>21</v>
       </c>
       <c r="B38" s="61" t="s">
         <v>22</v>
       </c>
       <c r="C38" s="47" t="s">
         <v>190</v>
       </c>
       <c r="D38" s="90">
         <f>1/8</f>
         <v>0.125</v>
       </c>
       <c r="E38" s="43" t="s">
         <v>204</v>
       </c>
       <c r="F38" s="29"/>
       <c r="G38" s="53" t="str">
         <f>IF(F38="","",IF(F38*D38&lt;2,2,F38*D38))</f>
         <v/>
       </c>
       <c r="H38" s="7"/>
     </row>
-    <row r="39" spans="1:8" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:8" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A39" s="69" t="s">
         <v>23</v>
       </c>
       <c r="B39" s="46" t="s">
         <v>24</v>
       </c>
       <c r="C39" s="47" t="s">
         <v>191</v>
       </c>
       <c r="D39" s="90">
         <f>1/3</f>
         <v>0.33333333333333331</v>
       </c>
       <c r="E39" s="43" t="s">
         <v>200</v>
       </c>
       <c r="F39" s="29"/>
       <c r="G39" s="53" t="str">
         <f>IF(F39="","",IF(F39*D39&lt;2,2,F39*D39))</f>
         <v/>
       </c>
       <c r="H39" s="7"/>
     </row>
-    <row r="40" spans="1:8" s="6" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="40" spans="1:8" s="6" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A40" s="70" t="s">
         <v>25</v>
       </c>
       <c r="B40" s="50" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="51" t="s">
         <v>192</v>
       </c>
       <c r="D40" s="90">
         <f>1/10</f>
         <v>0.1</v>
       </c>
       <c r="E40" s="52" t="s">
         <v>200</v>
       </c>
       <c r="F40" s="33"/>
       <c r="G40" s="53" t="str">
         <f>IF(F40="","",IF(F40*D40&lt;2,2,F40*D40))</f>
         <v/>
       </c>
       <c r="H40" s="7"/>
     </row>
-    <row r="41" spans="1:8" s="6" customFormat="1" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="41" spans="1:8" s="6" customFormat="1" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A41" s="54" t="s">
         <v>27</v>
       </c>
-      <c r="B41" s="129" t="s">
+      <c r="B41" s="133" t="s">
         <v>28</v>
       </c>
-      <c r="C41" s="130"/>
-[...3 lines deleted...]
-      <c r="G41" s="131"/>
+      <c r="C41" s="134"/>
+      <c r="D41" s="134"/>
+      <c r="E41" s="134"/>
+      <c r="F41" s="134"/>
+      <c r="G41" s="135"/>
       <c r="H41" s="7"/>
     </row>
-    <row r="42" spans="1:8" s="6" customFormat="1" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A42" s="134" t="s">
+    <row r="42" spans="1:8" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A42" s="162" t="s">
         <v>29</v>
       </c>
-      <c r="B42" s="138" t="s">
+      <c r="B42" s="166" t="s">
         <v>30</v>
       </c>
-      <c r="C42" s="136" t="s">
+      <c r="C42" s="164" t="s">
         <v>193</v>
       </c>
       <c r="D42" s="90">
         <f>1/200</f>
         <v>5.0000000000000001E-3</v>
       </c>
       <c r="E42" s="43" t="s">
         <v>201</v>
       </c>
       <c r="F42" s="29"/>
-      <c r="G42" s="140" t="str">
+      <c r="G42" s="168" t="str">
         <f>IF(F42="","",IF(F43="","",IF(F42*D42+F43*D43&lt;2,2,F42*D42+F43*D43)))</f>
         <v/>
       </c>
       <c r="H42" s="7"/>
     </row>
-    <row r="43" spans="1:8" s="6" customFormat="1" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C43" s="137"/>
+    <row r="43" spans="1:8" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A43" s="163"/>
+      <c r="B43" s="167"/>
+      <c r="C43" s="165"/>
       <c r="D43" s="90">
         <f>1/2</f>
         <v>0.5</v>
       </c>
       <c r="E43" s="43" t="s">
         <v>68</v>
       </c>
       <c r="F43" s="29"/>
-      <c r="G43" s="141"/>
+      <c r="G43" s="169"/>
       <c r="H43" s="8"/>
     </row>
-    <row r="44" spans="1:8" s="6" customFormat="1" ht="33.75" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:8" s="6" customFormat="1" ht="33.75" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="69" t="s">
         <v>31</v>
       </c>
       <c r="B44" s="46" t="s">
         <v>32</v>
       </c>
       <c r="C44" s="47" t="s">
         <v>57</v>
       </c>
       <c r="D44" s="90">
         <v>1.2500000000000001E-2</v>
       </c>
       <c r="E44" s="43" t="s">
         <v>61</v>
       </c>
       <c r="F44" s="29"/>
       <c r="G44" s="73" t="str">
         <f>IF($F$44="","",$F$44*$D$44)</f>
         <v/>
       </c>
       <c r="H44" s="8"/>
     </row>
-    <row r="45" spans="1:8" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:8" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A45" s="69" t="s">
         <v>31</v>
       </c>
       <c r="B45" s="46" t="s">
         <v>32</v>
       </c>
       <c r="C45" s="42" t="s">
         <v>194</v>
       </c>
       <c r="D45" s="90">
         <f>1/150</f>
         <v>6.6666666666666671E-3</v>
       </c>
       <c r="E45" s="43" t="s">
         <v>205</v>
       </c>
       <c r="F45" s="29"/>
       <c r="G45" s="53" t="str">
         <f>IF(F45="","",F45*D45)</f>
         <v/>
       </c>
       <c r="H45" s="8"/>
     </row>
-    <row r="46" spans="1:8" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="46" spans="1:8" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A46" s="70" t="s">
         <v>33</v>
       </c>
       <c r="B46" s="50" t="s">
         <v>34</v>
       </c>
       <c r="C46" s="51" t="s">
         <v>58</v>
       </c>
       <c r="D46" s="90">
         <v>2</v>
       </c>
       <c r="E46" s="52" t="s">
         <v>34</v>
       </c>
       <c r="F46" s="33"/>
       <c r="G46" s="53" t="str">
         <f>IF(F46="","",F46*D46)</f>
         <v/>
       </c>
       <c r="H46" s="8"/>
     </row>
-    <row r="47" spans="1:8" s="6" customFormat="1" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="47" spans="1:8" s="6" customFormat="1" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A47" s="54" t="s">
         <v>35</v>
       </c>
-      <c r="B47" s="129" t="s">
+      <c r="B47" s="133" t="s">
         <v>36</v>
       </c>
-      <c r="C47" s="130"/>
-[...3 lines deleted...]
-      <c r="G47" s="131"/>
+      <c r="C47" s="134"/>
+      <c r="D47" s="134"/>
+      <c r="E47" s="134"/>
+      <c r="F47" s="134"/>
+      <c r="G47" s="135"/>
       <c r="H47" s="8"/>
     </row>
-    <row r="48" spans="1:8" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:8" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A48" s="72" t="s">
         <v>37</v>
       </c>
       <c r="B48" s="61" t="s">
         <v>146</v>
       </c>
       <c r="C48" s="62" t="s">
         <v>195</v>
       </c>
       <c r="D48" s="90">
         <f>1/5</f>
         <v>0.2</v>
       </c>
       <c r="E48" s="39" t="s">
         <v>70</v>
       </c>
       <c r="F48" s="31"/>
       <c r="G48" s="53" t="str">
         <f>IF(F48="","",F48*D48)</f>
         <v/>
       </c>
       <c r="H48" s="7"/>
     </row>
-    <row r="49" spans="1:19" s="6" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="49" spans="1:19" s="6" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A49" s="70" t="s">
         <v>38</v>
       </c>
       <c r="B49" s="50" t="s">
         <v>148</v>
       </c>
       <c r="C49" s="51" t="s">
         <v>178</v>
       </c>
       <c r="D49" s="90">
         <f>1/10</f>
         <v>0.1</v>
       </c>
       <c r="E49" s="52" t="s">
         <v>70</v>
       </c>
       <c r="F49" s="33"/>
       <c r="G49" s="53" t="str">
         <f>IF(F49="","",F49*D49)</f>
         <v/>
       </c>
       <c r="H49" s="7"/>
     </row>
-    <row r="50" spans="1:19" s="6" customFormat="1" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="50" spans="1:19" s="6" customFormat="1" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A50" s="54" t="s">
         <v>39</v>
       </c>
-      <c r="B50" s="129" t="s">
+      <c r="B50" s="133" t="s">
         <v>40</v>
       </c>
-      <c r="C50" s="130"/>
-[...3 lines deleted...]
-      <c r="G50" s="131"/>
+      <c r="C50" s="134"/>
+      <c r="D50" s="134"/>
+      <c r="E50" s="134"/>
+      <c r="F50" s="134"/>
+      <c r="G50" s="135"/>
       <c r="H50" s="7"/>
     </row>
-    <row r="51" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="72" t="s">
         <v>41</v>
       </c>
       <c r="B51" s="61" t="s">
         <v>42</v>
       </c>
       <c r="C51" s="62" t="s">
         <v>196</v>
       </c>
       <c r="D51" s="90">
         <f>1/1</f>
         <v>1</v>
       </c>
       <c r="E51" s="39" t="s">
         <v>206</v>
       </c>
       <c r="F51" s="31"/>
       <c r="G51" s="53" t="str">
         <f>IF(F51="","",F51*D51)</f>
         <v/>
       </c>
       <c r="H51" s="7"/>
     </row>
-    <row r="52" spans="1:19" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:19" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A52" s="69" t="s">
         <v>43</v>
       </c>
       <c r="B52" s="46" t="s">
         <v>44</v>
       </c>
       <c r="C52" s="47" t="s">
         <v>197</v>
       </c>
       <c r="D52" s="90">
         <f>1/1</f>
         <v>1</v>
       </c>
       <c r="E52" s="43" t="s">
         <v>207</v>
       </c>
       <c r="F52" s="29"/>
       <c r="G52" s="53" t="str">
         <f t="shared" ref="G52" si="2">IF(F52="","",F52*D52)</f>
         <v/>
       </c>
       <c r="H52" s="7"/>
     </row>
-    <row r="53" spans="1:19" s="6" customFormat="1" ht="42" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="53" spans="1:19" s="6" customFormat="1" ht="43.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A53" s="70" t="s">
         <v>45</v>
       </c>
       <c r="B53" s="50" t="s">
         <v>256</v>
       </c>
       <c r="C53" s="51" t="s">
         <v>257</v>
       </c>
       <c r="D53" s="90">
         <f>1/10</f>
         <v>0.1</v>
       </c>
       <c r="E53" s="52" t="s">
         <v>208</v>
       </c>
       <c r="F53" s="33"/>
       <c r="G53" s="53" t="str">
         <f>IF(F53="","",IF(F53*D53&lt;2,2,F53*D53))</f>
         <v/>
       </c>
       <c r="H53" s="7"/>
     </row>
-    <row r="54" spans="1:19" s="6" customFormat="1" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="54" spans="1:19" s="6" customFormat="1" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A54" s="54" t="s">
         <v>47</v>
       </c>
-      <c r="B54" s="129" t="s">
+      <c r="B54" s="133" t="s">
         <v>46</v>
       </c>
-      <c r="C54" s="130"/>
-[...3 lines deleted...]
-      <c r="G54" s="131"/>
+      <c r="C54" s="134"/>
+      <c r="D54" s="134"/>
+      <c r="E54" s="134"/>
+      <c r="F54" s="134"/>
+      <c r="G54" s="135"/>
       <c r="H54" s="7"/>
     </row>
-    <row r="55" spans="1:19" s="6" customFormat="1" ht="28.2" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="55" spans="1:19" s="6" customFormat="1" ht="29.25" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A55" s="74" t="s">
         <v>48</v>
       </c>
       <c r="B55" s="75" t="s">
         <v>49</v>
       </c>
       <c r="C55" s="51" t="s">
         <v>198</v>
       </c>
       <c r="D55" s="90">
         <f>1/8</f>
         <v>0.125</v>
       </c>
       <c r="E55" s="52" t="s">
         <v>200</v>
       </c>
       <c r="F55" s="33"/>
       <c r="G55" s="53" t="str">
         <f>IF(F55="","",F55*D55)</f>
         <v/>
       </c>
       <c r="H55" s="7"/>
     </row>
-    <row r="56" spans="1:19" s="6" customFormat="1" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="56" spans="1:19" s="6" customFormat="1" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A56" s="54" t="s">
         <v>50</v>
       </c>
-      <c r="B56" s="129" t="s">
+      <c r="B56" s="133" t="s">
         <v>51</v>
       </c>
-      <c r="C56" s="130"/>
-[...3 lines deleted...]
-      <c r="G56" s="131"/>
+      <c r="C56" s="134"/>
+      <c r="D56" s="134"/>
+      <c r="E56" s="134"/>
+      <c r="F56" s="134"/>
+      <c r="G56" s="135"/>
       <c r="H56" s="7"/>
     </row>
-    <row r="57" spans="1:19" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:19" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
       <c r="A57" s="72" t="s">
         <v>55</v>
       </c>
       <c r="B57" s="61" t="s">
         <v>54</v>
       </c>
       <c r="C57" s="62" t="s">
         <v>59</v>
       </c>
       <c r="D57" s="48">
         <v>0.5</v>
       </c>
       <c r="E57" s="39" t="s">
         <v>63</v>
       </c>
       <c r="F57" s="88"/>
       <c r="G57" s="89" t="str">
         <f>IF($F$57="","",$F$57*$D$57)</f>
         <v/>
       </c>
       <c r="H57" s="7"/>
     </row>
-    <row r="58" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A58" s="70" t="s">
         <v>52</v>
       </c>
       <c r="B58" s="50" t="s">
         <v>15</v>
       </c>
       <c r="C58" s="51" t="s">
         <v>199</v>
       </c>
       <c r="D58" s="90">
         <f>1/2</f>
         <v>0.5</v>
       </c>
       <c r="E58" s="52" t="s">
         <v>209</v>
       </c>
       <c r="F58" s="87"/>
       <c r="G58" s="53" t="str">
         <f>IF(F58="","",F58*D58)</f>
         <v/>
       </c>
       <c r="H58" s="7"/>
       <c r="I58" s="107" t="s">
         <v>268</v>
       </c>
     </row>
-    <row r="59" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="59" spans="1:19" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A59" s="76" t="s">
         <v>53</v>
       </c>
       <c r="B59" s="77" t="s">
         <v>54</v>
       </c>
       <c r="C59" s="78" t="s">
         <v>59</v>
       </c>
       <c r="D59" s="92">
         <f>1/2</f>
         <v>0.5</v>
       </c>
       <c r="E59" s="79" t="s">
         <v>210</v>
       </c>
       <c r="F59" s="30"/>
       <c r="G59" s="53" t="str">
         <f>IF(F59="","",F59*D59)</f>
         <v/>
       </c>
       <c r="H59" s="7"/>
       <c r="I59" s="124">
         <f>ROUND(SUM(G31,G33:G36,G38:G40,G42:G46,G48:G49,G51:G53,G55,G58:G59),0)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="60" spans="1:19" s="6" customFormat="1" ht="39.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A60" s="142" t="s">
+    <row r="60" spans="1:19" s="6" customFormat="1" ht="39.950000000000003" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A60" s="170" t="s">
         <v>98</v>
       </c>
-      <c r="B60" s="143"/>
-[...3 lines deleted...]
-      <c r="F60" s="144"/>
+      <c r="B60" s="171"/>
+      <c r="C60" s="171"/>
+      <c r="D60" s="171"/>
+      <c r="E60" s="171"/>
+      <c r="F60" s="172"/>
       <c r="G60" s="80">
         <f>SUM($G$6:$G$59)</f>
         <v>0</v>
       </c>
       <c r="H60" s="7"/>
     </row>
-    <row r="61" spans="1:19" s="6" customFormat="1" ht="39.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A61" s="142" t="s">
+    <row r="61" spans="1:19" s="6" customFormat="1" ht="39.950000000000003" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A61" s="170" t="s">
         <v>264</v>
       </c>
-      <c r="B61" s="143"/>
-[...3 lines deleted...]
-      <c r="F61" s="144"/>
+      <c r="B61" s="171"/>
+      <c r="C61" s="171"/>
+      <c r="D61" s="171"/>
+      <c r="E61" s="171"/>
+      <c r="F61" s="172"/>
       <c r="G61" s="80">
         <f>IF(G60=SUM(G8:G11),0,IF((G60-SUM(G8:G11))&gt;=5,ROUNDUP((G60-SUM(G8:G11))/20,0),0))</f>
         <v>0</v>
       </c>
       <c r="H61" s="7"/>
       <c r="I61" s="123" t="str">
         <f>IF(F48="","","ACHTUNG:" &amp; CHAR(10) &amp; "separate Regeln für Veranstaltungsstätten")</f>
         <v/>
       </c>
     </row>
-    <row r="62" spans="1:19" s="6" customFormat="1" ht="39.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A62" s="145" t="s">
+    <row r="62" spans="1:19" s="6" customFormat="1" ht="39.950000000000003" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A62" s="173" t="s">
         <v>271</v>
       </c>
-      <c r="B62" s="143"/>
-[...3 lines deleted...]
-      <c r="F62" s="144"/>
+      <c r="B62" s="171"/>
+      <c r="C62" s="171"/>
+      <c r="D62" s="171"/>
+      <c r="E62" s="171"/>
+      <c r="F62" s="172"/>
       <c r="G62" s="80">
         <f>IF(SUM(G13:G16)=0,0,SUM(G13:G16)*0.13)</f>
         <v>0</v>
       </c>
       <c r="H62" s="7"/>
       <c r="I62" s="123"/>
       <c r="J62" s="107"/>
       <c r="K62" s="107"/>
       <c r="L62" s="107"/>
       <c r="M62" s="107"/>
       <c r="N62" s="107"/>
       <c r="O62" s="107"/>
       <c r="P62" s="107"/>
       <c r="Q62" s="107"/>
       <c r="R62" s="107"/>
       <c r="S62" s="107"/>
     </row>
-    <row r="63" spans="1:19" s="6" customFormat="1" ht="39.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A63" s="146" t="s">
+    <row r="63" spans="1:19" s="6" customFormat="1" ht="39.950000000000003" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A63" s="174" t="s">
         <v>266</v>
       </c>
-      <c r="B63" s="147"/>
-      <c r="C63" s="142" t="s">
+      <c r="B63" s="175"/>
+      <c r="C63" s="170" t="s">
         <v>262</v>
       </c>
-      <c r="D63" s="143"/>
-[...1 lines deleted...]
-      <c r="F63" s="144"/>
+      <c r="D63" s="171"/>
+      <c r="E63" s="171"/>
+      <c r="F63" s="172"/>
       <c r="G63" s="80">
         <f>IF(I59&gt;10,1,0)</f>
         <v>0</v>
       </c>
       <c r="H63" s="7"/>
-      <c r="I63" s="132" t="s">
+      <c r="I63" s="182" t="s">
         <v>267</v>
       </c>
     </row>
-    <row r="64" spans="1:19" s="6" customFormat="1" ht="39.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-      <c r="C64" s="145" t="s">
+    <row r="64" spans="1:19" s="6" customFormat="1" ht="39.950000000000003" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A64" s="176"/>
+      <c r="B64" s="177"/>
+      <c r="C64" s="173" t="s">
         <v>263</v>
       </c>
-      <c r="D64" s="143"/>
-[...1 lines deleted...]
-      <c r="F64" s="144"/>
+      <c r="D64" s="171"/>
+      <c r="E64" s="171"/>
+      <c r="F64" s="172"/>
       <c r="G64" s="80">
         <f>IF(I29&gt;10,I29,0)+IF(I59&gt;10,ROUNDUP(I59/5,0),0)</f>
         <v>0</v>
       </c>
       <c r="H64" s="7"/>
-      <c r="I64" s="132"/>
-[...1 lines deleted...]
-    <row r="65" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I64" s="182"/>
+    </row>
+    <row r="65" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A65" s="98"/>
       <c r="B65" s="98"/>
       <c r="C65" s="98"/>
       <c r="D65" s="98"/>
       <c r="E65" s="98"/>
       <c r="F65" s="98"/>
       <c r="G65" s="99"/>
       <c r="H65" s="7"/>
     </row>
-    <row r="66" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="66" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A66" s="98"/>
       <c r="B66" s="98"/>
       <c r="C66" s="100" t="s">
         <v>248</v>
       </c>
       <c r="D66" s="98"/>
       <c r="E66" s="98"/>
       <c r="F66" s="98"/>
       <c r="G66" s="99"/>
       <c r="H66" s="7"/>
     </row>
-    <row r="67" spans="1:17" s="6" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A67" s="128" t="s">
+    <row r="67" spans="1:17" s="6" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A67" s="181" t="s">
         <v>84</v>
       </c>
-      <c r="B67" s="128"/>
-[...4 lines deleted...]
-      <c r="G67" s="128"/>
+      <c r="B67" s="181"/>
+      <c r="C67" s="181"/>
+      <c r="D67" s="181"/>
+      <c r="E67" s="181"/>
+      <c r="F67" s="181"/>
+      <c r="G67" s="181"/>
       <c r="H67" s="9"/>
     </row>
-    <row r="68" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="68" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A68" s="12" t="s">
         <v>66</v>
       </c>
       <c r="B68" s="13"/>
       <c r="C68" s="13"/>
       <c r="D68" s="14"/>
       <c r="E68" s="13"/>
       <c r="F68" s="12"/>
       <c r="G68" s="12"/>
       <c r="H68" s="11"/>
       <c r="I68" s="11"/>
       <c r="J68" s="11"/>
       <c r="K68" s="11"/>
       <c r="L68" s="11"/>
       <c r="P68" s="11"/>
       <c r="Q68" s="11"/>
     </row>
-    <row r="69" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="69" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A69" s="15" t="s">
         <v>67</v>
       </c>
       <c r="B69" s="15" t="s">
         <v>85</v>
       </c>
-      <c r="C69" s="126" t="s">
+      <c r="C69" s="178" t="s">
         <v>265</v>
       </c>
-      <c r="D69" s="126"/>
-[...1 lines deleted...]
-      <c r="F69" s="126"/>
+      <c r="D69" s="178"/>
+      <c r="E69" s="178"/>
+      <c r="F69" s="178"/>
       <c r="G69" s="12"/>
       <c r="H69" s="11"/>
       <c r="I69" s="11"/>
       <c r="J69" s="11"/>
       <c r="K69" s="11"/>
       <c r="L69" s="11"/>
       <c r="P69" s="11"/>
       <c r="Q69" s="11"/>
     </row>
-    <row r="70" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="70" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A70" s="17" t="s">
         <v>68</v>
       </c>
       <c r="B70" s="15" t="s">
         <v>86</v>
       </c>
-      <c r="C70" s="126"/>
-[...2 lines deleted...]
-      <c r="F70" s="126"/>
+      <c r="C70" s="178"/>
+      <c r="D70" s="178"/>
+      <c r="E70" s="178"/>
+      <c r="F70" s="178"/>
       <c r="G70" s="12"/>
       <c r="H70" s="11"/>
       <c r="I70" s="11"/>
       <c r="J70" s="11"/>
       <c r="K70" s="11"/>
       <c r="L70" s="11"/>
       <c r="P70" s="11"/>
       <c r="Q70" s="11"/>
     </row>
-    <row r="71" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="71" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A71" s="15" t="s">
         <v>69</v>
       </c>
       <c r="B71" s="15" t="s">
         <v>87</v>
       </c>
-      <c r="C71" s="126"/>
-[...2 lines deleted...]
-      <c r="F71" s="126"/>
+      <c r="C71" s="178"/>
+      <c r="D71" s="178"/>
+      <c r="E71" s="178"/>
+      <c r="F71" s="178"/>
       <c r="G71" s="12"/>
       <c r="H71" s="11"/>
       <c r="I71" s="11"/>
       <c r="J71" s="11"/>
       <c r="K71" s="11"/>
       <c r="L71" s="11"/>
       <c r="P71" s="11"/>
       <c r="Q71" s="11"/>
     </row>
-    <row r="72" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="72" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A72" s="15" t="s">
         <v>70</v>
       </c>
       <c r="B72" s="15" t="s">
         <v>88</v>
       </c>
-      <c r="C72" s="126" t="s">
+      <c r="C72" s="178" t="s">
         <v>273</v>
       </c>
-      <c r="D72" s="126"/>
-[...1 lines deleted...]
-      <c r="F72" s="126"/>
+      <c r="D72" s="178"/>
+      <c r="E72" s="178"/>
+      <c r="F72" s="178"/>
       <c r="G72" s="12"/>
       <c r="H72" s="11"/>
       <c r="I72" s="11"/>
       <c r="J72" s="11"/>
       <c r="K72" s="11"/>
       <c r="L72" s="11"/>
       <c r="P72" s="11"/>
       <c r="Q72" s="11"/>
     </row>
-    <row r="73" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="73" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A73" s="15" t="s">
         <v>71</v>
       </c>
       <c r="B73" s="15" t="s">
         <v>89</v>
       </c>
-      <c r="C73" s="126"/>
-[...2 lines deleted...]
-      <c r="F73" s="126"/>
+      <c r="C73" s="178"/>
+      <c r="D73" s="178"/>
+      <c r="E73" s="178"/>
+      <c r="F73" s="178"/>
       <c r="G73" s="12"/>
       <c r="H73" s="11"/>
       <c r="I73" s="11"/>
       <c r="J73" s="11"/>
       <c r="K73" s="11"/>
       <c r="L73" s="11"/>
       <c r="P73" s="11"/>
       <c r="Q73" s="11"/>
     </row>
-    <row r="74" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A74" s="15" t="s">
         <v>72</v>
       </c>
       <c r="B74" s="15" t="s">
         <v>90</v>
       </c>
-      <c r="C74" s="126"/>
-[...2 lines deleted...]
-      <c r="F74" s="126"/>
+      <c r="C74" s="178"/>
+      <c r="D74" s="178"/>
+      <c r="E74" s="178"/>
+      <c r="F74" s="178"/>
       <c r="G74" s="12"/>
       <c r="H74" s="11"/>
       <c r="I74" s="11"/>
       <c r="J74" s="11"/>
       <c r="K74" s="11"/>
       <c r="L74" s="11"/>
       <c r="P74" s="11"/>
       <c r="Q74" s="11"/>
     </row>
-    <row r="75" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="75" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A75" s="15" t="s">
         <v>73</v>
       </c>
       <c r="B75" s="15" t="s">
         <v>91</v>
       </c>
-      <c r="C75" s="125" t="s">
+      <c r="C75" s="179" t="s">
         <v>272</v>
       </c>
-      <c r="D75" s="125"/>
-      <c r="E75" s="125"/>
+      <c r="D75" s="179"/>
+      <c r="E75" s="179"/>
       <c r="F75" s="12"/>
       <c r="G75" s="12"/>
       <c r="H75" s="11"/>
       <c r="I75" s="11"/>
       <c r="J75" s="11"/>
       <c r="K75" s="11"/>
       <c r="L75" s="11"/>
       <c r="P75" s="11"/>
       <c r="Q75" s="11"/>
     </row>
-    <row r="76" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="76" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A76" s="15" t="s">
         <v>74</v>
       </c>
       <c r="B76" s="15" t="s">
         <v>92</v>
       </c>
-      <c r="C76" s="125"/>
-[...1 lines deleted...]
-      <c r="E76" s="125"/>
+      <c r="C76" s="179"/>
+      <c r="D76" s="179"/>
+      <c r="E76" s="179"/>
       <c r="F76" s="12"/>
       <c r="G76" s="12"/>
       <c r="H76" s="11"/>
       <c r="I76" s="11"/>
       <c r="J76" s="11"/>
       <c r="K76" s="11"/>
       <c r="L76" s="11"/>
       <c r="P76" s="11"/>
       <c r="Q76" s="11"/>
     </row>
-    <row r="77" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="77" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A77" s="15" t="s">
         <v>75</v>
       </c>
       <c r="B77" s="15" t="s">
         <v>93</v>
       </c>
       <c r="C77" s="13"/>
       <c r="D77" s="16"/>
       <c r="E77" s="13"/>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="35"/>
       <c r="I77" s="35"/>
       <c r="J77" s="35"/>
       <c r="K77" s="35"/>
       <c r="L77" s="35"/>
       <c r="P77" s="11"/>
       <c r="Q77" s="11"/>
     </row>
-    <row r="78" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="78" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A78" s="104" t="s">
         <v>76</v>
       </c>
       <c r="B78" s="104" t="s">
         <v>253</v>
       </c>
       <c r="C78" s="105"/>
       <c r="D78" s="106"/>
       <c r="E78" s="105"/>
       <c r="F78" s="104"/>
       <c r="G78" s="104"/>
       <c r="H78" s="35"/>
       <c r="I78" s="35"/>
       <c r="J78" s="35"/>
       <c r="K78" s="35"/>
       <c r="L78" s="35"/>
       <c r="P78" s="35"/>
       <c r="Q78" s="35"/>
     </row>
-    <row r="79" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="79" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A79" s="104" t="s">
         <v>77</v>
       </c>
       <c r="B79" s="104" t="s">
         <v>94</v>
       </c>
       <c r="C79" s="105"/>
       <c r="D79" s="106"/>
       <c r="E79" s="105"/>
       <c r="F79" s="104"/>
       <c r="G79" s="104"/>
       <c r="H79" s="35"/>
       <c r="I79" s="35"/>
       <c r="J79" s="35"/>
       <c r="K79" s="35"/>
       <c r="L79" s="35"/>
       <c r="P79" s="35"/>
       <c r="Q79" s="35"/>
     </row>
-    <row r="80" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="80" spans="1:17" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A80" s="104" t="s">
         <v>78</v>
       </c>
       <c r="B80" s="104" t="s">
         <v>249</v>
       </c>
       <c r="C80" s="105"/>
       <c r="D80" s="106"/>
       <c r="E80" s="105"/>
       <c r="F80" s="104"/>
       <c r="G80" s="104"/>
       <c r="H80" s="35"/>
       <c r="I80" s="35"/>
       <c r="J80" s="35"/>
       <c r="K80" s="35"/>
       <c r="L80" s="35"/>
       <c r="P80" s="35"/>
       <c r="Q80" s="35"/>
     </row>
-    <row r="81" spans="1:29" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="81" spans="1:29" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A81" s="104" t="s">
         <v>79</v>
       </c>
       <c r="B81" s="104" t="s">
         <v>95</v>
       </c>
       <c r="C81" s="105"/>
       <c r="D81" s="106"/>
       <c r="E81" s="105"/>
       <c r="F81" s="104"/>
       <c r="G81" s="104"/>
       <c r="H81" s="35"/>
       <c r="I81" s="35"/>
       <c r="J81" s="35"/>
       <c r="K81" s="35"/>
       <c r="L81" s="35"/>
       <c r="P81" s="35"/>
       <c r="Q81" s="35"/>
     </row>
-    <row r="82" spans="1:29" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="82" spans="1:29" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A82" s="104" t="s">
         <v>80</v>
       </c>
       <c r="B82" s="104" t="s">
         <v>96</v>
       </c>
       <c r="C82" s="105"/>
       <c r="D82" s="106"/>
       <c r="E82" s="105"/>
       <c r="F82" s="104"/>
       <c r="G82" s="104"/>
       <c r="H82" s="35"/>
       <c r="I82" s="35"/>
       <c r="J82" s="35"/>
       <c r="K82" s="35"/>
       <c r="L82" s="35"/>
       <c r="P82" s="35"/>
       <c r="Q82" s="35"/>
     </row>
-    <row r="83" spans="1:29" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="83" spans="1:29" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A83" s="104" t="s">
         <v>81</v>
       </c>
       <c r="B83" s="104" t="s">
         <v>97</v>
       </c>
       <c r="C83" s="105"/>
       <c r="D83" s="106"/>
       <c r="E83" s="105"/>
       <c r="F83" s="104"/>
       <c r="G83" s="104"/>
       <c r="H83" s="35"/>
       <c r="I83" s="35"/>
       <c r="J83" s="35"/>
       <c r="K83" s="35"/>
       <c r="L83" s="35"/>
       <c r="P83" s="35"/>
       <c r="Q83" s="35"/>
     </row>
-    <row r="84" spans="1:29" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="84" spans="1:29" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A84" s="104" t="s">
         <v>82</v>
       </c>
       <c r="B84" s="104" t="s">
         <v>254</v>
       </c>
       <c r="C84" s="105"/>
       <c r="D84" s="106"/>
       <c r="E84" s="105"/>
       <c r="F84" s="104"/>
       <c r="G84" s="104"/>
       <c r="H84" s="35"/>
       <c r="I84" s="35"/>
       <c r="J84" s="35"/>
       <c r="K84" s="35"/>
       <c r="L84" s="35"/>
       <c r="P84" s="35"/>
       <c r="Q84" s="35"/>
     </row>
-    <row r="85" spans="1:29" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="85" spans="1:29" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A85" s="104" t="s">
         <v>83</v>
       </c>
       <c r="B85" s="104" t="s">
         <v>270</v>
       </c>
       <c r="C85" s="105"/>
       <c r="D85" s="105"/>
       <c r="E85" s="106"/>
       <c r="F85" s="104"/>
       <c r="G85" s="106"/>
       <c r="H85" s="18"/>
       <c r="I85" s="35"/>
       <c r="J85" s="35"/>
       <c r="K85" s="35"/>
       <c r="L85" s="35"/>
       <c r="P85" s="35"/>
       <c r="Q85" s="35"/>
     </row>
-    <row r="86" spans="1:29" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="86" spans="1:29" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A86" s="107"/>
       <c r="B86" s="107"/>
       <c r="C86" s="107"/>
       <c r="D86" s="107"/>
       <c r="E86" s="107"/>
       <c r="F86" s="107"/>
       <c r="G86" s="107"/>
       <c r="H86" s="35"/>
       <c r="I86" s="35"/>
       <c r="J86" s="35"/>
       <c r="K86" s="35"/>
       <c r="L86" s="35"/>
       <c r="P86" s="35"/>
       <c r="Q86" s="35"/>
     </row>
-    <row r="87" spans="1:29" s="6" customFormat="1" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A87" s="133" t="s">
+    <row r="87" spans="1:29" s="6" customFormat="1" ht="33.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A87" s="161" t="s">
         <v>255</v>
       </c>
-      <c r="B87" s="133"/>
-[...4 lines deleted...]
-      <c r="G87" s="133"/>
+      <c r="B87" s="161"/>
+      <c r="C87" s="161"/>
+      <c r="D87" s="161"/>
+      <c r="E87" s="161"/>
+      <c r="F87" s="161"/>
+      <c r="G87" s="161"/>
       <c r="P87" s="10"/>
       <c r="Q87" s="10"/>
       <c r="R87" s="10"/>
       <c r="S87" s="10"/>
       <c r="T87" s="10"/>
       <c r="U87" s="10"/>
       <c r="V87" s="10"/>
       <c r="W87" s="10"/>
       <c r="X87" s="10"/>
       <c r="Y87" s="10"/>
       <c r="Z87" s="10"/>
       <c r="AA87" s="10"/>
       <c r="AB87" s="10"/>
       <c r="AC87" s="10"/>
     </row>
-    <row r="88" spans="1:29" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
-[...3 lines deleted...]
-    <row r="92" spans="1:29" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="88" spans="1:29" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="89" spans="1:29" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="90" spans="1:29" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="91" spans="1:29" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="92" spans="1:29" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B92" s="19"/>
       <c r="C92" s="20"/>
       <c r="D92" s="19"/>
       <c r="E92" s="19"/>
       <c r="F92" s="19"/>
       <c r="G92" s="20"/>
     </row>
-    <row r="93" spans="1:29" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="93" spans="1:29" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B93" s="23"/>
       <c r="C93" s="24"/>
       <c r="D93" s="9"/>
       <c r="E93" s="17"/>
       <c r="F93" s="25"/>
       <c r="G93" s="9"/>
     </row>
-    <row r="94" spans="1:29" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="94" spans="1:29" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B94" s="23"/>
       <c r="C94" s="24"/>
       <c r="D94" s="9"/>
       <c r="E94" s="17"/>
       <c r="F94" s="25"/>
       <c r="G94" s="9"/>
       <c r="H94" s="20"/>
       <c r="I94" s="20"/>
       <c r="J94" s="21"/>
       <c r="K94" s="22"/>
       <c r="L94" s="22"/>
       <c r="M94" s="22"/>
       <c r="N94" s="22"/>
       <c r="O94" s="20"/>
       <c r="P94" s="20"/>
       <c r="Q94" s="20"/>
       <c r="R94" s="20"/>
     </row>
-    <row r="95" spans="1:29" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="95" spans="1:29" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B95" s="23"/>
       <c r="C95" s="24"/>
       <c r="D95" s="9"/>
       <c r="E95" s="17"/>
       <c r="F95" s="25"/>
       <c r="G95" s="9"/>
       <c r="H95" s="9"/>
     </row>
-    <row r="96" spans="1:29" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="96" spans="1:29" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B96" s="23"/>
       <c r="C96" s="24"/>
       <c r="D96" s="9"/>
       <c r="E96" s="17"/>
       <c r="F96" s="25"/>
       <c r="G96" s="9"/>
       <c r="H96" s="9"/>
     </row>
-    <row r="97" spans="1:8" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="97" spans="1:8" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A97" s="3"/>
       <c r="B97" s="26"/>
       <c r="C97" s="24"/>
       <c r="D97" s="27"/>
       <c r="E97" s="28"/>
       <c r="F97" s="25"/>
       <c r="G97" s="27"/>
       <c r="H97" s="9"/>
     </row>
-    <row r="98" spans="1:8" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="98" spans="1:8" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A98" s="3"/>
       <c r="B98" s="26"/>
       <c r="C98" s="24"/>
       <c r="D98" s="27"/>
       <c r="E98" s="28"/>
       <c r="F98" s="25"/>
       <c r="G98" s="27"/>
       <c r="H98" s="9"/>
     </row>
   </sheetData>
   <sheetProtection password="DD2A" sheet="1" selectLockedCells="1"/>
   <mergeCells count="43">
-    <mergeCell ref="I63:I64"/>
-[...25 lines deleted...]
-    <mergeCell ref="A67:G67"/>
     <mergeCell ref="C75:E76"/>
     <mergeCell ref="A62:F62"/>
     <mergeCell ref="A61:F61"/>
     <mergeCell ref="A87:G87"/>
     <mergeCell ref="B30:G30"/>
     <mergeCell ref="B32:G32"/>
     <mergeCell ref="B37:G37"/>
     <mergeCell ref="B41:G41"/>
     <mergeCell ref="A42:A43"/>
     <mergeCell ref="B42:B43"/>
     <mergeCell ref="C42:C43"/>
     <mergeCell ref="G42:G43"/>
     <mergeCell ref="B47:G47"/>
     <mergeCell ref="B50:G50"/>
     <mergeCell ref="B54:G54"/>
     <mergeCell ref="B56:G56"/>
+    <mergeCell ref="A60:F60"/>
+    <mergeCell ref="C72:F74"/>
+    <mergeCell ref="C69:F71"/>
+    <mergeCell ref="A63:B64"/>
+    <mergeCell ref="C63:F63"/>
+    <mergeCell ref="C64:F64"/>
+    <mergeCell ref="A67:G67"/>
+    <mergeCell ref="A1:G1"/>
+    <mergeCell ref="A2:B2"/>
+    <mergeCell ref="E2:G2"/>
+    <mergeCell ref="A3:B3"/>
+    <mergeCell ref="E3:G3"/>
+    <mergeCell ref="B23:G23"/>
+    <mergeCell ref="C4:C5"/>
+    <mergeCell ref="D4:D5"/>
+    <mergeCell ref="E4:F4"/>
+    <mergeCell ref="G4:G5"/>
+    <mergeCell ref="B6:G6"/>
+    <mergeCell ref="B7:G7"/>
+    <mergeCell ref="B12:G12"/>
+    <mergeCell ref="B17:G17"/>
+    <mergeCell ref="B18:G18"/>
+    <mergeCell ref="I63:I64"/>
+    <mergeCell ref="I8:I11"/>
+    <mergeCell ref="I13:I16"/>
+    <mergeCell ref="I19:I22"/>
+    <mergeCell ref="I24:I27"/>
   </mergeCells>
-  <conditionalFormatting sqref="G60 G65:G66">
-[...3 lines deleted...]
-  </conditionalFormatting>
   <conditionalFormatting sqref="G8:G11">
-    <cfRule type="cellIs" dxfId="52" priority="51" operator="equal">
+    <cfRule type="notContainsText" dxfId="42" priority="52" operator="notContains" text="Eingabe bei Pkt. 1.2">
+      <formula>ISERROR(SEARCH("Eingabe bei Pkt. 1.2",G8))</formula>
+    </cfRule>
+    <cfRule type="cellIs" dxfId="41" priority="51" operator="equal">
       <formula>""</formula>
     </cfRule>
-    <cfRule type="notContainsText" dxfId="51" priority="52" operator="notContains" text="Eingabe bei Pkt. 1.2">
-[...2 lines deleted...]
-    <cfRule type="containsText" dxfId="50" priority="54" operator="containsText" text="Eingabe bei Pkt. 1.2">
+    <cfRule type="containsText" dxfId="40" priority="54" operator="containsText" text="Eingabe bei Pkt. 1.2">
       <formula>NOT(ISERROR(SEARCH("Eingabe bei Pkt. 1.2",G8)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G13:G16">
-    <cfRule type="cellIs" dxfId="49" priority="48" operator="equal">
+    <cfRule type="cellIs" dxfId="39" priority="48" operator="equal">
       <formula>""</formula>
     </cfRule>
-    <cfRule type="notContainsText" dxfId="48" priority="49" operator="notContains" text="Eingabe bei Pkt. 1.1">
+    <cfRule type="containsText" dxfId="38" priority="50" operator="containsText" text="Eingabe bei Pkt. 1.1">
+      <formula>NOT(ISERROR(SEARCH("Eingabe bei Pkt. 1.1",G13)))</formula>
+    </cfRule>
+    <cfRule type="notContainsText" dxfId="37" priority="49" operator="notContains" text="Eingabe bei Pkt. 1.1">
       <formula>ISERROR(SEARCH("Eingabe bei Pkt. 1.1",G13))</formula>
-    </cfRule>
-[...1 lines deleted...]
-      <formula>NOT(ISERROR(SEARCH("Eingabe bei Pkt. 1.1",G13)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G19:G22">
-    <cfRule type="cellIs" dxfId="46" priority="45" operator="equal">
+    <cfRule type="containsText" dxfId="36" priority="47" operator="containsText" text="Eingabe bei Pkt. 1.3.2">
+      <formula>NOT(ISERROR(SEARCH("Eingabe bei Pkt. 1.3.2",G19)))</formula>
+    </cfRule>
+    <cfRule type="notContainsText" dxfId="35" priority="46" operator="notContains" text="Eingabe bei Pkt. 1.3.2">
+      <formula>ISERROR(SEARCH("Eingabe bei Pkt. 1.3.2",G19))</formula>
+    </cfRule>
+    <cfRule type="cellIs" dxfId="34" priority="45" operator="equal">
       <formula>""</formula>
-    </cfRule>
-[...4 lines deleted...]
-      <formula>NOT(ISERROR(SEARCH("Eingabe bei Pkt. 1.3.2",G19)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G24:G27">
-    <cfRule type="cellIs" dxfId="43" priority="42" operator="equal">
+    <cfRule type="containsText" dxfId="33" priority="44" operator="containsText" text="Eingabe bei Pkt. 1.3.1">
+      <formula>NOT(ISERROR(SEARCH("Eingabe bei Pkt. 1.3.1",G24)))</formula>
+    </cfRule>
+    <cfRule type="notContainsText" dxfId="32" priority="43" operator="notContains" text="Eingabe bei Pkt. 1.3.1">
+      <formula>ISERROR(SEARCH("Eingabe bei Pkt. 1.3.1",G24))</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="G24:G29">
+    <cfRule type="cellIs" dxfId="31" priority="38" operator="equal">
       <formula>""</formula>
     </cfRule>
-    <cfRule type="notContainsText" dxfId="42" priority="43" operator="notContains" text="Eingabe bei Pkt. 1.3.1">
-[...4 lines deleted...]
-    </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="G28">
-[...11 lines deleted...]
-    <cfRule type="cellIs" dxfId="37" priority="39" operator="notEqual">
+  <conditionalFormatting sqref="G28:G29">
+    <cfRule type="cellIs" dxfId="30" priority="39" operator="notEqual">
       <formula>""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G31">
-    <cfRule type="cellIs" dxfId="36" priority="36" operator="equal">
+    <cfRule type="cellIs" dxfId="29" priority="37" operator="notEqual">
       <formula>""</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="35" priority="37" operator="notEqual">
+    <cfRule type="cellIs" dxfId="28" priority="36" operator="equal">
       <formula>""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G33:G36">
-    <cfRule type="cellIs" dxfId="34" priority="34" operator="equal">
+    <cfRule type="cellIs" dxfId="27" priority="34" operator="equal">
       <formula>""</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="33" priority="35" operator="notEqual">
+    <cfRule type="cellIs" dxfId="26" priority="35" operator="notEqual">
       <formula>""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G38:G40">
-    <cfRule type="cellIs" dxfId="32" priority="32" operator="equal">
+    <cfRule type="cellIs" dxfId="25" priority="33" operator="notEqual">
       <formula>""</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="31" priority="33" operator="notEqual">
+    <cfRule type="cellIs" dxfId="24" priority="32" operator="equal">
       <formula>""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G42:G43">
-    <cfRule type="cellIs" dxfId="30" priority="30" operator="equal">
+    <cfRule type="cellIs" dxfId="23" priority="31" operator="notEqual">
       <formula>""</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="29" priority="31" operator="notEqual">
+    <cfRule type="cellIs" dxfId="22" priority="30" operator="equal">
       <formula>""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G45:G46">
-    <cfRule type="cellIs" dxfId="28" priority="28" operator="equal">
+    <cfRule type="cellIs" dxfId="21" priority="28" operator="equal">
       <formula>""</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="27" priority="29" operator="notEqual">
+    <cfRule type="cellIs" dxfId="20" priority="29" operator="notEqual">
       <formula>""</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="G48">
-    <cfRule type="cellIs" dxfId="26" priority="26" operator="equal">
+  <conditionalFormatting sqref="G48:G49">
+    <cfRule type="cellIs" dxfId="19" priority="25" operator="notEqual">
       <formula>""</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="25" priority="27" operator="notEqual">
+    <cfRule type="cellIs" dxfId="18" priority="24" operator="equal">
       <formula>""</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="G49">
-    <cfRule type="cellIs" dxfId="24" priority="24" operator="equal">
+  <conditionalFormatting sqref="G51:G53">
+    <cfRule type="cellIs" dxfId="17" priority="21" operator="notEqual">
       <formula>""</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="23" priority="25" operator="notEqual">
-[...15 lines deleted...]
-    <cfRule type="cellIs" dxfId="19" priority="21" operator="notEqual">
+    <cfRule type="cellIs" dxfId="16" priority="20" operator="equal">
       <formula>""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G55">
-    <cfRule type="cellIs" dxfId="18" priority="18" operator="equal">
+    <cfRule type="cellIs" dxfId="15" priority="19" operator="notEqual">
       <formula>""</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="17" priority="19" operator="notEqual">
+    <cfRule type="cellIs" dxfId="14" priority="18" operator="equal">
       <formula>""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G58:G59">
-    <cfRule type="cellIs" dxfId="16" priority="16" operator="equal">
+    <cfRule type="cellIs" dxfId="13" priority="17" operator="notEqual">
       <formula>""</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="15" priority="17" operator="notEqual">
+    <cfRule type="cellIs" dxfId="12" priority="16" operator="equal">
       <formula>""</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="G60:G66">
+    <cfRule type="cellIs" dxfId="11" priority="1" operator="greaterThan">
+      <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I8">
-    <cfRule type="cellIs" dxfId="14" priority="14" operator="equal">
+    <cfRule type="containsText" dxfId="10" priority="15" operator="containsText" text="Eingabe bei Pkt. 1.2">
+      <formula>NOT(ISERROR(SEARCH("Eingabe bei Pkt. 1.2",I8)))</formula>
+    </cfRule>
+    <cfRule type="cellIs" dxfId="9" priority="14" operator="equal">
       <formula>""</formula>
-    </cfRule>
-[...1 lines deleted...]
-      <formula>NOT(ISERROR(SEARCH("Eingabe bei Pkt. 1.2",I8)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I13">
-    <cfRule type="cellIs" dxfId="12" priority="12" operator="equal">
+    <cfRule type="cellIs" dxfId="8" priority="12" operator="equal">
       <formula>""</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="11" priority="13" operator="containsText" text="Eingabe bei Pkt. 1.1">
+    <cfRule type="containsText" dxfId="7" priority="13" operator="containsText" text="Eingabe bei Pkt. 1.1">
       <formula>NOT(ISERROR(SEARCH("Eingabe bei Pkt. 1.1",I13)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I19">
-    <cfRule type="cellIs" dxfId="10" priority="10" operator="equal">
+    <cfRule type="containsText" dxfId="6" priority="11" operator="containsText" text="Eingabe bei Pkt. 1.3.2">
+      <formula>NOT(ISERROR(SEARCH("Eingabe bei Pkt. 1.3.2",I19)))</formula>
+    </cfRule>
+    <cfRule type="cellIs" dxfId="5" priority="10" operator="equal">
       <formula>""</formula>
-    </cfRule>
-[...1 lines deleted...]
-      <formula>NOT(ISERROR(SEARCH("Eingabe bei Pkt. 1.3.2",I19)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I24">
-    <cfRule type="cellIs" dxfId="8" priority="8" operator="equal">
+    <cfRule type="containsText" dxfId="4" priority="9" operator="containsText" text="Eingabe bei Pkt. 1.3.1">
+      <formula>NOT(ISERROR(SEARCH("Eingabe bei Pkt. 1.3.1",I24)))</formula>
+    </cfRule>
+    <cfRule type="cellIs" dxfId="3" priority="8" operator="equal">
       <formula>""</formula>
-    </cfRule>
-[...6 lines deleted...]
-      <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I61">
-    <cfRule type="cellIs" dxfId="5" priority="5" operator="equal">
+    <cfRule type="containsText" dxfId="2" priority="6" operator="containsText" text="Eingabe bei Pkt. 1.2">
+      <formula>NOT(ISERROR(SEARCH("Eingabe bei Pkt. 1.2",I61)))</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="I61:I62">
+    <cfRule type="cellIs" dxfId="1" priority="2" operator="equal">
       <formula>""</formula>
-    </cfRule>
-[...16 lines deleted...]
-      <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="2">
-    <dataValidation type="whole" operator="greaterThan" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="ACHTUNG" error="Anzahl muss eine GANZE ZAHL und größer 0 sein!" sqref="F55 F51:F53 F31 F8:F11 F13:F16 F19:F22 F24:F29 F33:F36 F38:F40 F42:F46 F48:F49 F57 F59">
+    <dataValidation type="whole" operator="greaterThan" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="ACHTUNG" error="Anzahl muss eine GANZE ZAHL und größer 0 sein!" sqref="F55 F51:F53 F31 F8:F11 F13:F16 F19:F22 F24:F29 F33:F36 F38:F40 F42:F46 F48:F49 F57 F59" xr:uid="{00000000-0002-0000-0400-000000000000}">
       <formula1>0</formula1>
     </dataValidation>
-    <dataValidation type="decimal" operator="greaterThan" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="ACHTUNG" error="Anzahl muss eine GANZE ZAHL und größer 0 sein!" sqref="F58">
+    <dataValidation type="decimal" operator="greaterThan" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="ACHTUNG" error="Anzahl muss eine GANZE ZAHL und größer 0 sein!" sqref="F58" xr:uid="{00000000-0002-0000-0400-000001000000}">
       <formula1>0</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="66" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;D, &amp;T&amp;Cübriges Siedlungsgebiet&amp;RSeite &amp;P von &amp;N
 BFP V 2025-1</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="40" max="6" man="1"/>
   </rowBreaks>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{78C0D931-6437-407d-A8EE-F0AAD7539E65}">
       <x14:conditionalFormattings>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
           <x14:cfRule type="containsText" priority="3" operator="containsText" text="Eingabe bei Pkt. 1.2" id="{D2EAAAC1-3D33-4FB1-AD67-3F5DF0E791BE}">
             <xm:f>NOT(ISERROR(SEARCH("Eingabe bei Pkt. 1.2",'Zentrales Hauptsiedlungsgebiet'!I62)))</xm:f>
             <x14:dxf>
               <font>
                 <b/>
                 <i val="0"/>
                 <color theme="0"/>
               </font>
               <fill>